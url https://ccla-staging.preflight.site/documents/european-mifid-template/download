--- v0 (2025-10-18)
+++ v1 (2026-03-16)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cclainvestmentmanagement.sharepoint.com/teams/Prod-Development-ProductLiterature/Shared Documents/Product Literature/EMT/Ryan/Published EMTs/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cclainvestmentmanagement.sharepoint.com/teams/MarketDevelopment/Shared Documents/Website/2025/Uploads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="657" documentId="11_B4059F1331944E4A3D1C29FBD1BD960A9733FF68" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0CEC01B3-FFE6-4662-9B6E-76217957A70F}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D534648F-6562-4650-8049-285FB91D5ADD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="5550" yWindow="6510" windowWidth="21600" windowHeight="11295" xr2:uid="{FD15963F-A9FD-42BA-A812-31B0B9891D32}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" xr2:uid="{FD15963F-A9FD-42BA-A812-31B0B9891D32}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -468,96 +468,81 @@
   <si>
     <t>549300XJSD805YR5JH32</t>
   </si>
   <si>
     <t>The CBF Church of England Deposit Fund</t>
   </si>
   <si>
     <t>CCLA Investment Management Limited</t>
   </si>
   <si>
     <t>549300DH0J262VL0B783</t>
   </si>
   <si>
     <t>GB0001592145</t>
   </si>
   <si>
     <t>The CBF Church of England Investment Fund - Accumulation Shares</t>
   </si>
   <si>
     <t>GB0001830420</t>
   </si>
   <si>
     <t>The CBF Church of England Investment Fund - Income Shares</t>
   </si>
   <si>
-    <t>GB00B04FH327</t>
-[...10 lines deleted...]
-  <si>
     <t>GB00B29KQ176</t>
   </si>
   <si>
     <t>GB00B29KQ283</t>
   </si>
   <si>
     <t>GB0001591956</t>
   </si>
   <si>
     <t>GB0001830206</t>
   </si>
   <si>
     <t>GB0005390546</t>
   </si>
   <si>
     <t>The CBF Church of England Property Fund - Income Shares</t>
   </si>
   <si>
     <t>GB0005216642</t>
   </si>
   <si>
     <t>The Local Authorities' Property Fund - Income Units</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t xml:space="preserve">GB00B3LDFH01
 </t>
   </si>
   <si>
-    <t>The Public Sector Deposit Fund Share Class 4</t>
-[...1 lines deleted...]
-  <si>
     <t>UM</t>
   </si>
   <si>
     <t xml:space="preserve">0
 </t>
   </si>
   <si>
     <t>GB00BLD8X190</t>
   </si>
   <si>
     <t>Catholic Investment Fund Class 1 Income Units</t>
   </si>
   <si>
     <t>GB00BLD8X539</t>
   </si>
   <si>
     <t>Catholic Investment Fund Class 2 Accumulation Units</t>
   </si>
   <si>
     <t>GB00BPP3BY99</t>
   </si>
   <si>
     <t>CCLA Better World Global Equity Fund  Class C Income Shares</t>
   </si>
   <si>
@@ -587,87 +572,102 @@
   <si>
     <t>COIF Charities Short Duration Bond Fund - Income Units</t>
   </si>
   <si>
     <t>The CBF Church of England Global Equity Fund - Accumulation Shares</t>
   </si>
   <si>
     <t>The CBF Church of England Global Equity Fund - Income Shares</t>
   </si>
   <si>
     <t>The CBF Church of England Short Duration Bond Fund - Accumulation Shares</t>
   </si>
   <si>
     <t>The CBF Church of England Short Duration Bond Fund - Income Shares</t>
   </si>
   <si>
     <t>COIF Charities Global Equity Fund - Accumulation Units</t>
   </si>
   <si>
     <t>COIF Charities Global Equity Fund - Income Units</t>
   </si>
   <si>
     <t>GB00B5NJYN91</t>
   </si>
   <si>
-    <t>The Public Sector Deposit Fund Share Class 3</t>
-[...1 lines deleted...]
-  <si>
     <t>GB00BRSDDP53</t>
   </si>
   <si>
     <t>GB00BRSDDN30</t>
   </si>
   <si>
     <t>10000_Financial_Instrument_Indirect_Costs_Open_Ended_Ex_Ante_UK</t>
   </si>
   <si>
     <t>10010_Financial_Instrument_Indirect_Costs_Closed_Ended_Ex_Ante_UK</t>
   </si>
   <si>
     <t>10020_Financial_Instrument_Real_Assets_Costs_Ex_Ante_UK</t>
   </si>
   <si>
     <t>10030_Financial_Instrument_Indirect_Costs_Open_Ended_Ex_Post_UK</t>
   </si>
   <si>
     <t>10040_Financial_Instrument_Indirect_Costs_Closed_Ended_Ex_Post_UK</t>
   </si>
   <si>
     <t>10050_Financial_Instrument_Real_Assets_Costs_Ex_Post_UK</t>
   </si>
   <si>
     <t>10060_Does_Financial_Instrument_Produce_Client_Facing_Disclosures_UK</t>
   </si>
   <si>
     <t>V4.2</t>
   </si>
   <si>
     <t>CCLA Cautious Multi-Asset Fund Class C Income Shares</t>
   </si>
   <si>
     <t>CCLA Cautious Multi-Asset Fund Class C Accumulation Shares</t>
+  </si>
+  <si>
+    <t>GB00B63PK144</t>
+  </si>
+  <si>
+    <t>GB00B63CRP89</t>
+  </si>
+  <si>
+    <t>The Public Sector Deposit Fund SC 2 - Non-Public Sector</t>
+  </si>
+  <si>
+    <t>The Public Sector Deposit Fund SC 3 - Non-Public Sector</t>
+  </si>
+  <si>
+    <t>The Public Sector Deposit Fund SC 4 - Public Sector</t>
+  </si>
+  <si>
+    <t>The Public Sector Deposit Fund SC 5 - Public Sector</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\ hh:mm:ss"/>
     <numFmt numFmtId="165" formatCode="yyyy\-mm\-dd;@"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
   </numFmts>
   <fonts count="11">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -769,98 +769,98 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="3" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="10" fontId="4" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="4" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="3" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Heading 3" xfId="1" builtinId="18"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{2FD11962-A1DA-4623-A498-B19FB8D0FC2C}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -1138,171 +1138,171 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccla.co.uk/documents/assessment-value-report/download?inline" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccla.co.uk/documents/assessment-value-report/download?inline" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccla.co.uk/documents/assessment-value-report/download?inline" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccla.co.uk/documents/assessment-value-report/download?inline" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccla.co.uk/documents/assessment-value-report/download?inline" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ccla.co.uk/documents/assessment-value-report/download?inline" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:product@ccla.co.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{27744000-B65B-40DC-AB3C-192F738D08EC}">
   <dimension ref="A1:DG37"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="G18" sqref="G18"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="255.5703125" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="255.54296875" defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="19.5703125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="24.42578125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="19.54296875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="27.26953125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="24.453125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="27" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="38.140625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="9" width="43.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="38.1796875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="42.1796875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="35.81640625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="35.54296875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="43.453125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="63" bestFit="1" customWidth="1"/>
-    <col min="11" max="11" width="70.140625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="16" max="16" width="40.28515625" customWidth="1"/>
+    <col min="11" max="11" width="70.1796875" customWidth="1"/>
+    <col min="12" max="12" width="35.81640625" customWidth="1"/>
+    <col min="13" max="13" width="44.1796875" customWidth="1"/>
+    <col min="14" max="14" width="47.453125" customWidth="1"/>
+    <col min="15" max="15" width="30.7265625" customWidth="1"/>
+    <col min="16" max="16" width="40.26953125" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
-    <col min="18" max="18" width="32.7109375" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="31" max="31" width="37.28515625" customWidth="1"/>
+    <col min="18" max="18" width="32.7265625" customWidth="1"/>
+    <col min="19" max="19" width="47.1796875" customWidth="1"/>
+    <col min="20" max="20" width="44.1796875" customWidth="1"/>
+    <col min="21" max="21" width="46.7265625" customWidth="1"/>
+    <col min="22" max="22" width="68.54296875" customWidth="1"/>
+    <col min="23" max="23" width="43.81640625" customWidth="1"/>
+    <col min="24" max="24" width="56.7265625" customWidth="1"/>
+    <col min="25" max="25" width="44.1796875" customWidth="1"/>
+    <col min="26" max="26" width="55.1796875" customWidth="1"/>
+    <col min="27" max="27" width="37.26953125" customWidth="1"/>
+    <col min="28" max="28" width="70.81640625" customWidth="1"/>
+    <col min="29" max="29" width="45.54296875" customWidth="1"/>
+    <col min="30" max="30" width="42.1796875" customWidth="1"/>
+    <col min="31" max="31" width="37.26953125" customWidth="1"/>
     <col min="32" max="32" width="27" customWidth="1"/>
-    <col min="33" max="33" width="32.85546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="36" max="36" width="24.42578125" customWidth="1"/>
+    <col min="33" max="33" width="32.81640625" customWidth="1"/>
+    <col min="34" max="34" width="41.453125" customWidth="1"/>
+    <col min="35" max="35" width="20.81640625" customWidth="1"/>
+    <col min="36" max="36" width="24.453125" customWidth="1"/>
     <col min="37" max="37" width="25" customWidth="1"/>
-    <col min="38" max="38" width="31.5703125" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="48" max="48" width="66.7109375" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="31.54296875" customWidth="1"/>
+    <col min="39" max="39" width="62.81640625" customWidth="1"/>
+    <col min="40" max="40" width="66.453125" customWidth="1"/>
+    <col min="41" max="41" width="32.81640625" customWidth="1"/>
+    <col min="42" max="42" width="68.54296875" customWidth="1"/>
+    <col min="43" max="43" width="66.453125" customWidth="1"/>
+    <col min="44" max="44" width="41.54296875" bestFit="1" customWidth="1"/>
+    <col min="45" max="45" width="41.26953125" bestFit="1" customWidth="1"/>
+    <col min="46" max="46" width="74.453125" bestFit="1" customWidth="1"/>
+    <col min="47" max="47" width="59.26953125" bestFit="1" customWidth="1"/>
+    <col min="48" max="48" width="66.7265625" bestFit="1" customWidth="1"/>
     <col min="49" max="49" width="52" bestFit="1" customWidth="1"/>
-    <col min="50" max="50" width="54.85546875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="53" max="53" width="41.5703125" bestFit="1" customWidth="1"/>
+    <col min="50" max="50" width="54.81640625" bestFit="1" customWidth="1"/>
+    <col min="51" max="51" width="47.1796875" bestFit="1" customWidth="1"/>
+    <col min="52" max="52" width="29.453125" bestFit="1" customWidth="1"/>
+    <col min="53" max="53" width="41.54296875" bestFit="1" customWidth="1"/>
     <col min="54" max="54" width="47" bestFit="1" customWidth="1"/>
-    <col min="55" max="55" width="46.42578125" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="61" max="61" width="28.7109375" bestFit="1" customWidth="1"/>
+    <col min="55" max="55" width="46.453125" bestFit="1" customWidth="1"/>
+    <col min="56" max="56" width="82.7265625" bestFit="1" customWidth="1"/>
+    <col min="57" max="57" width="38.453125" bestFit="1" customWidth="1"/>
+    <col min="58" max="58" width="21.7265625" bestFit="1" customWidth="1"/>
+    <col min="59" max="59" width="68.453125" bestFit="1" customWidth="1"/>
+    <col min="60" max="60" width="25.1796875" bestFit="1" customWidth="1"/>
+    <col min="61" max="61" width="28.7265625" bestFit="1" customWidth="1"/>
     <col min="62" max="62" width="82" bestFit="1" customWidth="1"/>
-    <col min="63" max="63" width="68.5703125" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="71" max="71" width="47.85546875" bestFit="1" customWidth="1"/>
+    <col min="63" max="63" width="68.54296875" bestFit="1" customWidth="1"/>
+    <col min="64" max="64" width="81.453125" bestFit="1" customWidth="1"/>
+    <col min="65" max="65" width="70.7265625" bestFit="1" customWidth="1"/>
+    <col min="66" max="66" width="75.1796875" bestFit="1" customWidth="1"/>
+    <col min="67" max="67" width="80.81640625" bestFit="1" customWidth="1"/>
+    <col min="68" max="68" width="70.26953125" bestFit="1" customWidth="1"/>
+    <col min="69" max="69" width="58.1796875" bestFit="1" customWidth="1"/>
+    <col min="70" max="70" width="79.54296875" bestFit="1" customWidth="1"/>
+    <col min="71" max="71" width="47.81640625" bestFit="1" customWidth="1"/>
     <col min="72" max="72" width="56" customWidth="1"/>
-    <col min="73" max="73" width="44.5703125" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="83" max="83" width="60.140625" customWidth="1"/>
+    <col min="73" max="73" width="44.54296875" customWidth="1"/>
+    <col min="74" max="74" width="43.1796875" customWidth="1"/>
+    <col min="75" max="75" width="53.1796875" customWidth="1"/>
+    <col min="76" max="76" width="51.54296875" customWidth="1"/>
+    <col min="77" max="77" width="51.7265625" customWidth="1"/>
+    <col min="78" max="78" width="63.54296875" customWidth="1"/>
+    <col min="79" max="79" width="37.1796875" customWidth="1"/>
+    <col min="80" max="80" width="65.81640625" customWidth="1"/>
+    <col min="81" max="81" width="64.1796875" customWidth="1"/>
+    <col min="82" max="82" width="59.26953125" customWidth="1"/>
+    <col min="83" max="83" width="60.1796875" customWidth="1"/>
     <col min="84" max="84" width="50" customWidth="1"/>
     <col min="85" max="85" width="63" customWidth="1"/>
-    <col min="86" max="86" width="55.7109375" customWidth="1"/>
+    <col min="86" max="86" width="55.7265625" customWidth="1"/>
     <col min="87" max="87" width="53" customWidth="1"/>
-    <col min="88" max="88" width="51.5703125" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="110" max="110" width="60.85546875" customWidth="1"/>
+    <col min="88" max="88" width="51.54296875" customWidth="1"/>
+    <col min="89" max="89" width="52.81640625" bestFit="1" customWidth="1"/>
+    <col min="90" max="90" width="51.26953125" bestFit="1" customWidth="1"/>
+    <col min="91" max="91" width="37.26953125" bestFit="1" customWidth="1"/>
+    <col min="92" max="92" width="31.453125" bestFit="1" customWidth="1"/>
+    <col min="93" max="93" width="51.453125" bestFit="1" customWidth="1"/>
+    <col min="94" max="94" width="52.7265625" customWidth="1"/>
+    <col min="95" max="95" width="56.453125" customWidth="1"/>
+    <col min="96" max="96" width="55.54296875" customWidth="1"/>
+    <col min="97" max="97" width="51.453125" customWidth="1"/>
+    <col min="98" max="98" width="56.1796875" customWidth="1"/>
+    <col min="99" max="99" width="48.81640625" customWidth="1"/>
+    <col min="100" max="100" width="57.453125" customWidth="1"/>
+    <col min="101" max="101" width="57.54296875" customWidth="1"/>
+    <col min="102" max="102" width="80.54296875" bestFit="1" customWidth="1"/>
+    <col min="103" max="104" width="51.453125" customWidth="1"/>
+    <col min="105" max="105" width="67.26953125" customWidth="1"/>
+    <col min="106" max="106" width="68.7265625" customWidth="1"/>
+    <col min="107" max="107" width="63.7265625" customWidth="1"/>
+    <col min="108" max="109" width="69.1796875" customWidth="1"/>
+    <col min="110" max="110" width="60.81640625" customWidth="1"/>
     <col min="111" max="111" width="73" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:111" ht="30.75" customHeight="1" thickBot="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -1576,7388 +1576,7384 @@
       <c r="CS1" s="2" t="s">
         <v>96</v>
       </c>
       <c r="CT1" s="2" t="s">
         <v>97</v>
       </c>
       <c r="CU1" s="2" t="s">
         <v>98</v>
       </c>
       <c r="CV1" s="2" t="s">
         <v>99</v>
       </c>
       <c r="CW1" s="2" t="s">
         <v>100</v>
       </c>
       <c r="CX1" s="2" t="s">
         <v>101</v>
       </c>
       <c r="CY1" s="2" t="s">
         <v>102</v>
       </c>
       <c r="CZ1" s="2" t="s">
         <v>103</v>
       </c>
       <c r="DA1" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="DB1" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="DC1" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="DD1" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="DE1" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="DF1" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="DG1" s="2" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="2" spans="1:111">
-      <c r="A2" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I2" s="3" t="s">
+      <c r="A2" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B2" s="6"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I2" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="J2" s="3">
+      <c r="J2" s="6">
         <v>10</v>
       </c>
-      <c r="K2" s="3" t="s">
+      <c r="K2" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="L2" s="3" t="s">
+      <c r="L2" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="P2" s="3" t="s">
+      <c r="M2" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O2" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P2" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="Q2" s="3"/>
-[...1 lines deleted...]
-      <c r="S2" s="3" t="s">
+      <c r="Q2" s="6"/>
+      <c r="R2" s="6"/>
+      <c r="S2" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T2" s="3" t="s">
+      <c r="T2" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U2" s="3" t="s">
+      <c r="U2" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V2" s="3" t="s">
-[...49 lines deleted...]
-      <c r="AR2" s="3">
+      <c r="V2" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W2" s="6"/>
+      <c r="X2" s="6"/>
+      <c r="Y2" s="9"/>
+      <c r="Z2" s="6"/>
+      <c r="AA2" s="6"/>
+      <c r="AB2" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD2" s="6"/>
+      <c r="AE2" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL2" s="6"/>
+      <c r="AM2" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO2" s="6"/>
+      <c r="AP2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR2" s="6">
         <v>1</v>
       </c>
-      <c r="AS2" s="3"/>
-[...17 lines deleted...]
-      <c r="BC2" s="3" t="s">
+      <c r="AS2" s="6"/>
+      <c r="AT2" s="6"/>
+      <c r="AU2" s="6"/>
+      <c r="AV2" s="6"/>
+      <c r="AW2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX2" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AY2" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ2" s="9"/>
+      <c r="BA2" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB2" s="6"/>
+      <c r="BC2" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="BD2" s="3" t="s">
+      <c r="BD2" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="BE2" s="3" t="s">
-[...27 lines deleted...]
-      <c r="BS2" s="3">
+      <c r="BE2" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF2" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG2" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH2" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI2" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ2" s="10"/>
+      <c r="BK2" s="6"/>
+      <c r="BL2" s="6"/>
+      <c r="BM2" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN2" s="10"/>
+      <c r="BO2" s="6"/>
+      <c r="BP2" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ2" s="6"/>
+      <c r="BR2" s="6"/>
+      <c r="BS2" s="6">
         <v>2.5000000000000001E-3</v>
       </c>
-      <c r="BT2" s="3"/>
-      <c r="BU2" s="3">
+      <c r="BT2" s="6"/>
+      <c r="BU2" s="6">
         <v>2E-3</v>
       </c>
-      <c r="BV2" s="3"/>
-[...15 lines deleted...]
-      <c r="CF2" s="3">
+      <c r="BV2" s="6"/>
+      <c r="BW2" s="6">
+        <v>0</v>
+      </c>
+      <c r="BX2" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY2" s="6"/>
+      <c r="BZ2" s="6"/>
+      <c r="CA2" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB2" s="6"/>
+      <c r="CC2" s="6"/>
+      <c r="CD2" s="6"/>
+      <c r="CE2" s="6"/>
+      <c r="CF2" s="6">
         <v>2.5000000000000001E-3</v>
       </c>
-      <c r="CG2" s="3"/>
-[...1 lines deleted...]
-      <c r="CI2" s="3">
+      <c r="CG2" s="6"/>
+      <c r="CH2" s="6"/>
+      <c r="CI2" s="6">
         <v>2E-3</v>
       </c>
-      <c r="CJ2" s="3"/>
-[...24 lines deleted...]
-      <c r="CW2" s="14" t="s">
+      <c r="CJ2" s="6"/>
+      <c r="CK2" s="6">
+        <v>0</v>
+      </c>
+      <c r="CL2" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM2" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN2" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO2" s="10"/>
+      <c r="CP2" s="10"/>
+      <c r="CQ2" s="10"/>
+      <c r="CR2" s="10"/>
+      <c r="CS2" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT2" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU2" s="10"/>
+      <c r="CV2" s="10"/>
+      <c r="CW2" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX2" s="15" t="s">
+      <c r="CX2" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY2" s="18">
-[...2 lines deleted...]
-      <c r="CZ2" s="18">
+      <c r="CY2" s="7">
         <v>45777</v>
       </c>
-      <c r="DA2" s="5"/>
-[...5 lines deleted...]
-      <c r="DG2" s="20" t="s">
+      <c r="CZ2" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA2" s="10"/>
+      <c r="DB2" s="10"/>
+      <c r="DC2" s="10"/>
+      <c r="DD2" s="10"/>
+      <c r="DE2" s="10"/>
+      <c r="DF2" s="10"/>
+      <c r="DG2" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="3" spans="1:111">
-      <c r="A3" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I3" s="3" t="s">
+      <c r="A3" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I3" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="J3" s="3">
+      <c r="J3" s="6">
         <v>1</v>
       </c>
-      <c r="K3" s="3" t="s">
+      <c r="K3" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="L3" s="3" t="s">
+      <c r="L3" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M3" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S3" s="3" t="s">
+      <c r="M3" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N3" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O3" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P3" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6"/>
+      <c r="S3" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T3" s="3" t="s">
+      <c r="T3" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U3" s="3" t="s">
+      <c r="U3" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V3" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW3" s="3" t="s">
+      <c r="V3" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W3" s="6"/>
+      <c r="X3" s="6"/>
+      <c r="Y3" s="9"/>
+      <c r="Z3" s="6"/>
+      <c r="AA3" s="6"/>
+      <c r="AB3" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD3" s="6"/>
+      <c r="AE3" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL3" s="6"/>
+      <c r="AM3" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN3" s="6"/>
+      <c r="AO3" s="6"/>
+      <c r="AP3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR3" s="6">
+        <v>3</v>
+      </c>
+      <c r="AS3" s="6"/>
+      <c r="AT3" s="6"/>
+      <c r="AU3" s="6"/>
+      <c r="AV3" s="6"/>
+      <c r="AW3" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX3" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC3" s="3" t="s">
+      <c r="AX3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ3" s="9"/>
+      <c r="BA3" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB3" s="6"/>
+      <c r="BC3" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD3" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU3" s="3">
+      <c r="BD3" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE3" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF3" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG3" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH3" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI3" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ3" s="10"/>
+      <c r="BK3" s="14"/>
+      <c r="BL3" s="6"/>
+      <c r="BM3" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN3" s="10"/>
+      <c r="BO3" s="6"/>
+      <c r="BP3" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ3" s="6"/>
+      <c r="BR3" s="6"/>
+      <c r="BS3" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="BT3" s="6"/>
+      <c r="BU3" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="BV3" s="3"/>
-[...20 lines deleted...]
-      <c r="CI3" s="3">
+      <c r="BV3" s="6"/>
+      <c r="BW3" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="BX3" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY3" s="6"/>
+      <c r="BZ3" s="6"/>
+      <c r="CA3" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB3" s="6"/>
+      <c r="CC3" s="6"/>
+      <c r="CD3" s="6"/>
+      <c r="CE3" s="6"/>
+      <c r="CF3" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="CG3" s="6"/>
+      <c r="CH3" s="6"/>
+      <c r="CI3" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="CJ3" s="3"/>
-[...24 lines deleted...]
-      <c r="CW3" s="14" t="s">
+      <c r="CJ3" s="6"/>
+      <c r="CK3" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="CL3" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM3" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN3" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO3" s="10"/>
+      <c r="CP3" s="10"/>
+      <c r="CQ3" s="10"/>
+      <c r="CR3" s="10"/>
+      <c r="CS3" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT3" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU3" s="10"/>
+      <c r="CV3" s="10"/>
+      <c r="CW3" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX3" s="15" t="s">
+      <c r="CX3" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY3" s="18">
-[...2 lines deleted...]
-      <c r="CZ3" s="18">
+      <c r="CY3" s="7">
         <v>45777</v>
       </c>
-      <c r="DA3" s="5"/>
-[...5 lines deleted...]
-      <c r="DG3" s="20" t="s">
+      <c r="CZ3" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA3" s="10"/>
+      <c r="DB3" s="10"/>
+      <c r="DC3" s="10"/>
+      <c r="DD3" s="10"/>
+      <c r="DE3" s="10"/>
+      <c r="DF3" s="10"/>
+      <c r="DG3" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="4" spans="1:111">
-      <c r="A4" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I4" s="3" t="s">
+      <c r="A4" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B4" s="6"/>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6"/>
+      <c r="E4" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I4" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="J4" s="3">
+      <c r="J4" s="6">
         <v>1</v>
       </c>
-      <c r="K4" s="3" t="s">
+      <c r="K4" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="L4" s="3" t="s">
+      <c r="L4" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M4" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S4" s="3" t="s">
+      <c r="M4" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O4" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P4" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q4" s="6"/>
+      <c r="R4" s="6"/>
+      <c r="S4" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T4" s="3" t="s">
+      <c r="T4" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U4" s="3" t="s">
+      <c r="U4" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V4" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW4" s="3" t="s">
+      <c r="V4" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W4" s="6"/>
+      <c r="X4" s="6"/>
+      <c r="Y4" s="9"/>
+      <c r="Z4" s="6"/>
+      <c r="AA4" s="6"/>
+      <c r="AB4" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD4" s="6"/>
+      <c r="AE4" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL4" s="6"/>
+      <c r="AM4" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN4" s="6"/>
+      <c r="AO4" s="6"/>
+      <c r="AP4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR4" s="6">
+        <v>3</v>
+      </c>
+      <c r="AS4" s="6"/>
+      <c r="AT4" s="6"/>
+      <c r="AU4" s="6"/>
+      <c r="AV4" s="6"/>
+      <c r="AW4" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX4" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC4" s="3" t="s">
+      <c r="AX4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ4" s="9"/>
+      <c r="BA4" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB4" s="6"/>
+      <c r="BC4" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD4" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU4" s="3">
+      <c r="BD4" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE4" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF4" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG4" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH4" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI4" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ4" s="10"/>
+      <c r="BK4" s="14"/>
+      <c r="BL4" s="6"/>
+      <c r="BM4" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN4" s="10"/>
+      <c r="BO4" s="6"/>
+      <c r="BP4" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ4" s="6"/>
+      <c r="BR4" s="6"/>
+      <c r="BS4" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="BT4" s="6"/>
+      <c r="BU4" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="BV4" s="3"/>
-[...20 lines deleted...]
-      <c r="CI4" s="3">
+      <c r="BV4" s="6"/>
+      <c r="BW4" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="BX4" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY4" s="6"/>
+      <c r="BZ4" s="6"/>
+      <c r="CA4" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB4" s="6"/>
+      <c r="CC4" s="6"/>
+      <c r="CD4" s="6"/>
+      <c r="CE4" s="6"/>
+      <c r="CF4" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="CG4" s="6"/>
+      <c r="CH4" s="6"/>
+      <c r="CI4" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="CJ4" s="3"/>
-[...24 lines deleted...]
-      <c r="CW4" s="14" t="s">
+      <c r="CJ4" s="6"/>
+      <c r="CK4" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="CL4" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM4" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN4" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO4" s="10"/>
+      <c r="CP4" s="10"/>
+      <c r="CQ4" s="10"/>
+      <c r="CR4" s="10"/>
+      <c r="CS4" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT4" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU4" s="10"/>
+      <c r="CV4" s="10"/>
+      <c r="CW4" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX4" s="15" t="s">
+      <c r="CX4" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY4" s="18">
-[...2 lines deleted...]
-      <c r="CZ4" s="18">
+      <c r="CY4" s="7">
         <v>45777</v>
       </c>
-      <c r="DA4" s="5"/>
-[...5 lines deleted...]
-      <c r="DG4" s="20" t="s">
+      <c r="CZ4" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA4" s="10"/>
+      <c r="DB4" s="10"/>
+      <c r="DC4" s="10"/>
+      <c r="DD4" s="10"/>
+      <c r="DE4" s="10"/>
+      <c r="DF4" s="10"/>
+      <c r="DG4" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="5" spans="1:111">
-      <c r="A5" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I5" s="3" t="s">
+      <c r="A5" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I5" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="J5" s="3">
+      <c r="J5" s="6">
         <v>1</v>
       </c>
-      <c r="K5" s="3" t="s">
+      <c r="K5" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="L5" s="3" t="s">
+      <c r="L5" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M5" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S5" s="3" t="s">
+      <c r="M5" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N5" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O5" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P5" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q5" s="6"/>
+      <c r="R5" s="6"/>
+      <c r="S5" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T5" s="3" t="s">
+      <c r="T5" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U5" s="3" t="s">
+      <c r="U5" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V5" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW5" s="3" t="s">
+      <c r="V5" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W5" s="6"/>
+      <c r="X5" s="6"/>
+      <c r="Y5" s="9"/>
+      <c r="Z5" s="6"/>
+      <c r="AA5" s="6"/>
+      <c r="AB5" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD5" s="6"/>
+      <c r="AE5" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL5" s="6"/>
+      <c r="AM5" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN5" s="6"/>
+      <c r="AO5" s="6"/>
+      <c r="AP5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR5" s="8">
+        <v>3</v>
+      </c>
+      <c r="AS5" s="6"/>
+      <c r="AT5" s="6"/>
+      <c r="AU5" s="6"/>
+      <c r="AV5" s="6"/>
+      <c r="AW5" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX5" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC5" s="3" t="s">
+      <c r="AX5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ5" s="9"/>
+      <c r="BA5" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB5" s="6"/>
+      <c r="BC5" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD5" s="3" t="s">
-[...30 lines deleted...]
-      <c r="BS5" s="3">
+      <c r="BD5" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE5" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF5" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG5" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH5" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI5" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ5" s="10"/>
+      <c r="BK5" s="6"/>
+      <c r="BL5" s="6"/>
+      <c r="BM5" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN5" s="10"/>
+      <c r="BO5" s="6"/>
+      <c r="BP5" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ5" s="6"/>
+      <c r="BR5" s="6"/>
+      <c r="BS5" s="6">
         <v>8.5000000000000006E-3</v>
       </c>
-      <c r="BT5" s="3"/>
-      <c r="BU5" s="3">
+      <c r="BT5" s="6"/>
+      <c r="BU5" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="BV5" s="3"/>
-[...15 lines deleted...]
-      <c r="CF5" s="3">
+      <c r="BV5" s="6"/>
+      <c r="BW5" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="BX5" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY5" s="6"/>
+      <c r="BZ5" s="6"/>
+      <c r="CA5" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB5" s="6"/>
+      <c r="CC5" s="6"/>
+      <c r="CD5" s="6"/>
+      <c r="CE5" s="6"/>
+      <c r="CF5" s="6">
         <v>8.5000000000000006E-3</v>
       </c>
-      <c r="CG5" s="3"/>
-[...1 lines deleted...]
-      <c r="CI5" s="3">
+      <c r="CG5" s="6"/>
+      <c r="CH5" s="6"/>
+      <c r="CI5" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="CJ5" s="3"/>
-[...24 lines deleted...]
-      <c r="CW5" s="14" t="s">
+      <c r="CJ5" s="6"/>
+      <c r="CK5" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="CL5" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM5" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN5" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO5" s="10"/>
+      <c r="CP5" s="10"/>
+      <c r="CQ5" s="10"/>
+      <c r="CR5" s="10"/>
+      <c r="CS5" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT5" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU5" s="10"/>
+      <c r="CV5" s="10"/>
+      <c r="CW5" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX5" s="15" t="s">
+      <c r="CX5" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY5" s="18">
-[...2 lines deleted...]
-      <c r="CZ5" s="18">
+      <c r="CY5" s="7">
         <v>45777</v>
       </c>
-      <c r="DA5" s="5"/>
-[...5 lines deleted...]
-      <c r="DG5" s="20" t="s">
+      <c r="CZ5" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA5" s="10"/>
+      <c r="DB5" s="10"/>
+      <c r="DC5" s="10"/>
+      <c r="DD5" s="10"/>
+      <c r="DE5" s="10"/>
+      <c r="DF5" s="10"/>
+      <c r="DG5" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="6" spans="1:111">
-      <c r="A6" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I6" s="3" t="s">
+      <c r="A6" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I6" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="J6" s="3">
+      <c r="J6" s="6">
         <v>1</v>
       </c>
-      <c r="K6" s="3" t="s">
+      <c r="K6" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="L6" s="3" t="s">
+      <c r="L6" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M6" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S6" s="3" t="s">
+      <c r="M6" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O6" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q6" s="6"/>
+      <c r="R6" s="6"/>
+      <c r="S6" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T6" s="3" t="s">
+      <c r="T6" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U6" s="3" t="s">
+      <c r="U6" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V6" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW6" s="3" t="s">
+      <c r="V6" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W6" s="6"/>
+      <c r="X6" s="6"/>
+      <c r="Y6" s="9"/>
+      <c r="Z6" s="6"/>
+      <c r="AA6" s="6"/>
+      <c r="AB6" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD6" s="6"/>
+      <c r="AE6" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL6" s="6"/>
+      <c r="AM6" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN6" s="6"/>
+      <c r="AO6" s="6"/>
+      <c r="AP6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR6" s="8">
+        <v>3</v>
+      </c>
+      <c r="AS6" s="6"/>
+      <c r="AT6" s="6"/>
+      <c r="AU6" s="6"/>
+      <c r="AV6" s="6"/>
+      <c r="AW6" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX6" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC6" s="3" t="s">
+      <c r="AX6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ6" s="9"/>
+      <c r="BA6" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB6" s="6"/>
+      <c r="BC6" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD6" s="3" t="s">
-[...30 lines deleted...]
-      <c r="BS6" s="3">
+      <c r="BD6" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE6" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF6" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG6" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH6" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI6" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ6" s="10"/>
+      <c r="BK6" s="6"/>
+      <c r="BL6" s="6"/>
+      <c r="BM6" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN6" s="10"/>
+      <c r="BO6" s="6"/>
+      <c r="BP6" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ6" s="6"/>
+      <c r="BR6" s="6"/>
+      <c r="BS6" s="6">
         <v>8.5000000000000006E-3</v>
       </c>
-      <c r="BT6" s="3"/>
-      <c r="BU6" s="3">
+      <c r="BT6" s="6"/>
+      <c r="BU6" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="BV6" s="3"/>
-[...15 lines deleted...]
-      <c r="CF6" s="3">
+      <c r="BV6" s="6"/>
+      <c r="BW6" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="BX6" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY6" s="6"/>
+      <c r="BZ6" s="6"/>
+      <c r="CA6" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB6" s="6"/>
+      <c r="CC6" s="6"/>
+      <c r="CD6" s="6"/>
+      <c r="CE6" s="6"/>
+      <c r="CF6" s="6">
         <v>8.5000000000000006E-3</v>
       </c>
-      <c r="CG6" s="3"/>
-[...1 lines deleted...]
-      <c r="CI6" s="3">
+      <c r="CG6" s="6"/>
+      <c r="CH6" s="6"/>
+      <c r="CI6" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="CJ6" s="3"/>
-[...24 lines deleted...]
-      <c r="CW6" s="14" t="s">
+      <c r="CJ6" s="6"/>
+      <c r="CK6" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="CL6" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM6" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN6" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO6" s="10"/>
+      <c r="CP6" s="10"/>
+      <c r="CQ6" s="10"/>
+      <c r="CR6" s="10"/>
+      <c r="CS6" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT6" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU6" s="10"/>
+      <c r="CV6" s="10"/>
+      <c r="CW6" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX6" s="15" t="s">
+      <c r="CX6" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY6" s="18">
-[...2 lines deleted...]
-      <c r="CZ6" s="18">
+      <c r="CY6" s="7">
         <v>45777</v>
       </c>
-      <c r="DA6" s="5"/>
-[...5 lines deleted...]
-      <c r="DG6" s="20" t="s">
+      <c r="CZ6" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA6" s="10"/>
+      <c r="DB6" s="10"/>
+      <c r="DC6" s="10"/>
+      <c r="DD6" s="10"/>
+      <c r="DE6" s="10"/>
+      <c r="DF6" s="10"/>
+      <c r="DG6" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="7" spans="1:111">
-      <c r="A7" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I7" s="3" t="s">
+      <c r="A7" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I7" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="J7" s="3">
+      <c r="J7" s="6">
         <v>1</v>
       </c>
-      <c r="K7" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L7" s="3" t="s">
+      <c r="K7" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M7" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S7" s="3" t="s">
+      <c r="M7" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O7" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q7" s="6"/>
+      <c r="R7" s="6"/>
+      <c r="S7" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T7" s="3" t="s">
+      <c r="T7" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U7" s="3" t="s">
+      <c r="U7" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V7" s="3" t="s">
-[...47 lines deleted...]
-      <c r="AR7" s="7">
+      <c r="V7" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W7" s="6"/>
+      <c r="X7" s="6"/>
+      <c r="Y7" s="9"/>
+      <c r="Z7" s="6"/>
+      <c r="AA7" s="6"/>
+      <c r="AB7" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD7" s="6"/>
+      <c r="AE7" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL7" s="6"/>
+      <c r="AM7" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN7" s="6"/>
+      <c r="AO7" s="6"/>
+      <c r="AP7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR7" s="8">
         <v>4</v>
       </c>
-      <c r="AS7" s="3"/>
-[...3 lines deleted...]
-      <c r="AW7" s="3" t="s">
+      <c r="AS7" s="6"/>
+      <c r="AT7" s="6"/>
+      <c r="AU7" s="6"/>
+      <c r="AV7" s="6"/>
+      <c r="AW7" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX7" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC7" s="3" t="s">
+      <c r="AX7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ7" s="9"/>
+      <c r="BA7" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB7" s="6"/>
+      <c r="BC7" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD7" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU7" s="3">
+      <c r="BD7" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE7" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF7" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG7" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH7" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI7" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ7" s="10"/>
+      <c r="BK7" s="6"/>
+      <c r="BL7" s="6"/>
+      <c r="BM7" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN7" s="10"/>
+      <c r="BO7" s="6"/>
+      <c r="BP7" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ7" s="6"/>
+      <c r="BR7" s="6"/>
+      <c r="BS7" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="BT7" s="6"/>
+      <c r="BU7" s="6">
         <v>7.4999999999999997E-3</v>
       </c>
-      <c r="BV7" s="3"/>
-[...20 lines deleted...]
-      <c r="CI7" s="3">
+      <c r="BV7" s="6"/>
+      <c r="BW7" s="6">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="BX7" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY7" s="6"/>
+      <c r="BZ7" s="6"/>
+      <c r="CA7" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB7" s="6"/>
+      <c r="CC7" s="6"/>
+      <c r="CD7" s="6"/>
+      <c r="CE7" s="6"/>
+      <c r="CF7" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="CG7" s="6"/>
+      <c r="CH7" s="6"/>
+      <c r="CI7" s="6">
         <v>7.4999999999999997E-3</v>
       </c>
-      <c r="CJ7" s="3"/>
-[...24 lines deleted...]
-      <c r="CW7" s="14" t="s">
+      <c r="CJ7" s="6"/>
+      <c r="CK7" s="6">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="CL7" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM7" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN7" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO7" s="10"/>
+      <c r="CP7" s="10"/>
+      <c r="CQ7" s="10"/>
+      <c r="CR7" s="10"/>
+      <c r="CS7" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT7" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU7" s="10"/>
+      <c r="CV7" s="10"/>
+      <c r="CW7" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX7" s="15" t="s">
+      <c r="CX7" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY7" s="18">
-[...2 lines deleted...]
-      <c r="CZ7" s="18">
+      <c r="CY7" s="7">
         <v>45777</v>
       </c>
-      <c r="DA7" s="5"/>
-[...5 lines deleted...]
-      <c r="DG7" s="20" t="s">
+      <c r="CZ7" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA7" s="10"/>
+      <c r="DB7" s="10"/>
+      <c r="DC7" s="10"/>
+      <c r="DD7" s="10"/>
+      <c r="DE7" s="10"/>
+      <c r="DF7" s="10"/>
+      <c r="DG7" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="8" spans="1:111">
-      <c r="A8" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I8" s="3" t="s">
+      <c r="A8" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I8" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="J8" s="3">
+      <c r="J8" s="6">
         <v>1</v>
       </c>
-      <c r="K8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L8" s="3" t="s">
+      <c r="K8" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="L8" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M8" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S8" s="3" t="s">
+      <c r="M8" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O8" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P8" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q8" s="6"/>
+      <c r="R8" s="6"/>
+      <c r="S8" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T8" s="3" t="s">
+      <c r="T8" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U8" s="3" t="s">
+      <c r="U8" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V8" s="3" t="s">
-[...47 lines deleted...]
-      <c r="AR8" s="7">
+      <c r="V8" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W8" s="6"/>
+      <c r="X8" s="6"/>
+      <c r="Y8" s="9"/>
+      <c r="Z8" s="6"/>
+      <c r="AA8" s="6"/>
+      <c r="AB8" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD8" s="6"/>
+      <c r="AE8" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL8" s="6"/>
+      <c r="AM8" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN8" s="6"/>
+      <c r="AO8" s="6"/>
+      <c r="AP8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR8" s="8">
         <v>4</v>
       </c>
-      <c r="AS8" s="3"/>
-[...3 lines deleted...]
-      <c r="AW8" s="3" t="s">
+      <c r="AS8" s="6"/>
+      <c r="AT8" s="6"/>
+      <c r="AU8" s="6"/>
+      <c r="AV8" s="6"/>
+      <c r="AW8" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX8" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC8" s="3" t="s">
+      <c r="AX8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ8" s="9"/>
+      <c r="BA8" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB8" s="6"/>
+      <c r="BC8" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD8" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU8" s="3">
+      <c r="BD8" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE8" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF8" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG8" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH8" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI8" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ8" s="10"/>
+      <c r="BK8" s="6"/>
+      <c r="BL8" s="6"/>
+      <c r="BM8" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN8" s="10"/>
+      <c r="BO8" s="6"/>
+      <c r="BP8" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ8" s="6"/>
+      <c r="BR8" s="6"/>
+      <c r="BS8" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="BT8" s="6"/>
+      <c r="BU8" s="6">
         <v>7.4999999999999997E-3</v>
       </c>
-      <c r="BV8" s="3"/>
-[...20 lines deleted...]
-      <c r="CI8" s="3">
+      <c r="BV8" s="6"/>
+      <c r="BW8" s="6">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="BX8" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY8" s="6"/>
+      <c r="BZ8" s="6"/>
+      <c r="CA8" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB8" s="6"/>
+      <c r="CC8" s="6"/>
+      <c r="CD8" s="6"/>
+      <c r="CE8" s="6"/>
+      <c r="CF8" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="CG8" s="6"/>
+      <c r="CH8" s="6"/>
+      <c r="CI8" s="6">
         <v>7.4999999999999997E-3</v>
       </c>
-      <c r="CJ8" s="3"/>
-[...24 lines deleted...]
-      <c r="CW8" s="14" t="s">
+      <c r="CJ8" s="6"/>
+      <c r="CK8" s="6">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="CL8" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM8" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN8" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO8" s="10"/>
+      <c r="CP8" s="10"/>
+      <c r="CQ8" s="10"/>
+      <c r="CR8" s="10"/>
+      <c r="CS8" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT8" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU8" s="10"/>
+      <c r="CV8" s="10"/>
+      <c r="CW8" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX8" s="15" t="s">
+      <c r="CX8" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY8" s="18">
-[...2 lines deleted...]
-      <c r="CZ8" s="18">
+      <c r="CY8" s="7">
         <v>45777</v>
       </c>
-      <c r="DA8" s="5"/>
-[...5 lines deleted...]
-      <c r="DG8" s="20" t="s">
+      <c r="CZ8" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA8" s="10"/>
+      <c r="DB8" s="10"/>
+      <c r="DC8" s="10"/>
+      <c r="DD8" s="10"/>
+      <c r="DE8" s="10"/>
+      <c r="DF8" s="10"/>
+      <c r="DG8" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="9" spans="1:111">
-      <c r="A9" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I9" s="3" t="s">
+      <c r="A9" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I9" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="J9" s="3">
+      <c r="J9" s="6">
         <v>1</v>
       </c>
-      <c r="K9" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L9" s="3" t="s">
+      <c r="K9" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M9" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S9" s="3" t="s">
+      <c r="M9" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O9" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P9" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q9" s="6"/>
+      <c r="R9" s="6"/>
+      <c r="S9" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T9" s="3" t="s">
+      <c r="T9" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U9" s="3" t="s">
+      <c r="U9" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V9" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW9" s="3" t="s">
+      <c r="V9" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W9" s="6"/>
+      <c r="X9" s="6"/>
+      <c r="Y9" s="9"/>
+      <c r="Z9" s="6"/>
+      <c r="AA9" s="6"/>
+      <c r="AB9" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD9" s="6"/>
+      <c r="AE9" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL9" s="6"/>
+      <c r="AM9" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN9" s="6"/>
+      <c r="AO9" s="6"/>
+      <c r="AP9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR9" s="8">
+        <v>2</v>
+      </c>
+      <c r="AS9" s="6"/>
+      <c r="AT9" s="6"/>
+      <c r="AU9" s="6"/>
+      <c r="AV9" s="6"/>
+      <c r="AW9" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX9" s="3" t="s">
+      <c r="AX9" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="AY9" s="3" t="s">
-[...7 lines deleted...]
-      <c r="BC9" s="3" t="s">
+      <c r="AY9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ9" s="9"/>
+      <c r="BA9" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB9" s="6"/>
+      <c r="BC9" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="BD9" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU9" s="3">
+      <c r="BD9" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="BE9" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF9" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG9" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH9" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI9" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ9" s="10"/>
+      <c r="BK9" s="6"/>
+      <c r="BL9" s="6"/>
+      <c r="BM9" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN9" s="10"/>
+      <c r="BO9" s="6"/>
+      <c r="BP9" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ9" s="6"/>
+      <c r="BR9" s="6"/>
+      <c r="BS9" s="6">
+        <v>2.8999999999999998E-3</v>
+      </c>
+      <c r="BT9" s="6"/>
+      <c r="BU9" s="6">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="BV9" s="3"/>
-[...20 lines deleted...]
-      <c r="CI9" s="3">
+      <c r="BV9" s="6"/>
+      <c r="BW9" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="BX9" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY9" s="6"/>
+      <c r="BZ9" s="6"/>
+      <c r="CA9" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB9" s="6"/>
+      <c r="CC9" s="6"/>
+      <c r="CD9" s="6"/>
+      <c r="CE9" s="6"/>
+      <c r="CF9" s="6">
+        <v>2.8999999999999998E-3</v>
+      </c>
+      <c r="CG9" s="6"/>
+      <c r="CH9" s="6"/>
+      <c r="CI9" s="6">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="CJ9" s="3"/>
-[...24 lines deleted...]
-      <c r="CW9" s="14" t="s">
+      <c r="CJ9" s="6"/>
+      <c r="CK9" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="CL9" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM9" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN9" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO9" s="10"/>
+      <c r="CP9" s="10"/>
+      <c r="CQ9" s="10"/>
+      <c r="CR9" s="10"/>
+      <c r="CS9" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT9" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU9" s="10"/>
+      <c r="CV9" s="10"/>
+      <c r="CW9" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX9" s="15" t="s">
+      <c r="CX9" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY9" s="18">
-[...2 lines deleted...]
-      <c r="CZ9" s="18">
+      <c r="CY9" s="7">
         <v>45777</v>
       </c>
-      <c r="DA9" s="5"/>
-[...5 lines deleted...]
-      <c r="DG9" s="20" t="s">
+      <c r="CZ9" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA9" s="10"/>
+      <c r="DB9" s="10"/>
+      <c r="DC9" s="10"/>
+      <c r="DD9" s="10"/>
+      <c r="DE9" s="10"/>
+      <c r="DF9" s="10"/>
+      <c r="DG9" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="10" spans="1:111">
-      <c r="A10" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I10" s="3" t="s">
+      <c r="A10" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I10" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="J10" s="3">
+      <c r="J10" s="6">
         <v>1</v>
       </c>
-      <c r="K10" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L10" s="3" t="s">
+      <c r="K10" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M10" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S10" s="3" t="s">
+      <c r="M10" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O10" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P10" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q10" s="6"/>
+      <c r="R10" s="6"/>
+      <c r="S10" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T10" s="3" t="s">
+      <c r="T10" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U10" s="3" t="s">
+      <c r="U10" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V10" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW10" s="3" t="s">
+      <c r="V10" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W10" s="6"/>
+      <c r="X10" s="6"/>
+      <c r="Y10" s="9"/>
+      <c r="Z10" s="6"/>
+      <c r="AA10" s="6"/>
+      <c r="AB10" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD10" s="6"/>
+      <c r="AE10" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL10" s="6"/>
+      <c r="AM10" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN10" s="6"/>
+      <c r="AO10" s="6"/>
+      <c r="AP10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR10" s="8">
+        <v>2</v>
+      </c>
+      <c r="AS10" s="6"/>
+      <c r="AT10" s="6"/>
+      <c r="AU10" s="6"/>
+      <c r="AV10" s="6"/>
+      <c r="AW10" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX10" s="3" t="s">
+      <c r="AX10" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="AY10" s="3" t="s">
-[...7 lines deleted...]
-      <c r="BC10" s="3" t="s">
+      <c r="AY10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ10" s="9"/>
+      <c r="BA10" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB10" s="6"/>
+      <c r="BC10" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="BD10" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU10" s="3">
+      <c r="BD10" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="BE10" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF10" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG10" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH10" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI10" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ10" s="10"/>
+      <c r="BK10" s="6"/>
+      <c r="BL10" s="6"/>
+      <c r="BM10" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN10" s="10"/>
+      <c r="BO10" s="6"/>
+      <c r="BP10" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ10" s="6"/>
+      <c r="BR10" s="6"/>
+      <c r="BS10" s="6">
+        <v>2.8999999999999998E-3</v>
+      </c>
+      <c r="BT10" s="6"/>
+      <c r="BU10" s="6">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="BV10" s="3"/>
-[...20 lines deleted...]
-      <c r="CI10" s="3">
+      <c r="BV10" s="6"/>
+      <c r="BW10" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="BX10" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY10" s="6"/>
+      <c r="BZ10" s="6"/>
+      <c r="CA10" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB10" s="6"/>
+      <c r="CC10" s="6"/>
+      <c r="CD10" s="6"/>
+      <c r="CE10" s="6"/>
+      <c r="CF10" s="6">
+        <v>2.8999999999999998E-3</v>
+      </c>
+      <c r="CG10" s="6"/>
+      <c r="CH10" s="6"/>
+      <c r="CI10" s="6">
         <v>2.2000000000000001E-3</v>
       </c>
-      <c r="CJ10" s="3"/>
-[...24 lines deleted...]
-      <c r="CW10" s="14" t="s">
+      <c r="CJ10" s="6"/>
+      <c r="CK10" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="CL10" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM10" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN10" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO10" s="10"/>
+      <c r="CP10" s="10"/>
+      <c r="CQ10" s="10"/>
+      <c r="CR10" s="10"/>
+      <c r="CS10" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT10" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU10" s="10"/>
+      <c r="CV10" s="10"/>
+      <c r="CW10" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX10" s="15" t="s">
+      <c r="CX10" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY10" s="18">
-[...2 lines deleted...]
-      <c r="CZ10" s="18">
+      <c r="CY10" s="7">
         <v>45777</v>
       </c>
-      <c r="DA10" s="5"/>
-[...5 lines deleted...]
-      <c r="DG10" s="20" t="s">
+      <c r="CZ10" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA10" s="10"/>
+      <c r="DB10" s="10"/>
+      <c r="DC10" s="10"/>
+      <c r="DD10" s="10"/>
+      <c r="DE10" s="10"/>
+      <c r="DF10" s="10"/>
+      <c r="DG10" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="11" spans="1:111">
-      <c r="A11" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I11" s="3" t="s">
+      <c r="A11" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I11" s="6" t="s">
         <v>133</v>
       </c>
-      <c r="J11" s="3">
+      <c r="J11" s="6">
         <v>1</v>
       </c>
-      <c r="K11" s="3" t="s">
+      <c r="K11" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="L11" s="3" t="s">
+      <c r="L11" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M11" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S11" s="3" t="s">
+      <c r="M11" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O11" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P11" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q11" s="6"/>
+      <c r="R11" s="6"/>
+      <c r="S11" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T11" s="3" t="s">
+      <c r="T11" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U11" s="3" t="s">
+      <c r="U11" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V11" s="3" t="s">
-[...47 lines deleted...]
-      <c r="AR11" s="7">
+      <c r="V11" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W11" s="6"/>
+      <c r="X11" s="6"/>
+      <c r="Y11" s="9"/>
+      <c r="Z11" s="6"/>
+      <c r="AA11" s="6"/>
+      <c r="AB11" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD11" s="6"/>
+      <c r="AE11" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL11" s="6"/>
+      <c r="AM11" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN11" s="6"/>
+      <c r="AO11" s="6"/>
+      <c r="AP11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR11" s="8">
         <v>3</v>
       </c>
-      <c r="AS11" s="3"/>
-[...3 lines deleted...]
-      <c r="AW11" s="3" t="s">
+      <c r="AS11" s="6"/>
+      <c r="AT11" s="6"/>
+      <c r="AU11" s="6"/>
+      <c r="AV11" s="6"/>
+      <c r="AW11" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX11" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC11" s="3" t="s">
+      <c r="AX11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ11" s="9"/>
+      <c r="BA11" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB11" s="6"/>
+      <c r="BC11" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD11" s="3" t="s">
-[...20 lines deleted...]
-      <c r="BM11" s="19">
+      <c r="BD11" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="BE11" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF11" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG11" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH11" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI11" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ11" s="10"/>
+      <c r="BK11" s="14"/>
+      <c r="BL11" s="6"/>
+      <c r="BM11" s="15">
         <v>1.7500000000000002E-2</v>
       </c>
-      <c r="BN11" s="5"/>
-[...1 lines deleted...]
-      <c r="BP11" s="19">
+      <c r="BN11" s="10"/>
+      <c r="BO11" s="6"/>
+      <c r="BP11" s="15">
         <v>1.55E-2</v>
       </c>
-      <c r="BQ11" s="3"/>
-[...5 lines deleted...]
-      <c r="BU11" s="3">
+      <c r="BQ11" s="6"/>
+      <c r="BR11" s="6"/>
+      <c r="BS11" s="6">
+        <v>1.49E-2</v>
+      </c>
+      <c r="BT11" s="6"/>
+      <c r="BU11" s="6">
         <v>6.4999999999999997E-3</v>
       </c>
-      <c r="BV11" s="3"/>
-[...20 lines deleted...]
-      <c r="CI11" s="3">
+      <c r="BV11" s="6"/>
+      <c r="BW11" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="BX11" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY11" s="6"/>
+      <c r="BZ11" s="6"/>
+      <c r="CA11" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB11" s="6"/>
+      <c r="CC11" s="6"/>
+      <c r="CD11" s="6"/>
+      <c r="CE11" s="6"/>
+      <c r="CF11" s="6">
+        <v>1.49E-2</v>
+      </c>
+      <c r="CG11" s="6"/>
+      <c r="CH11" s="6"/>
+      <c r="CI11" s="6">
         <v>6.4999999999999997E-3</v>
       </c>
-      <c r="CK11" s="3">
-[...23 lines deleted...]
-      <c r="CW11" s="14" t="s">
+      <c r="CK11" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="CL11" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM11" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN11" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO11" s="10"/>
+      <c r="CP11" s="10"/>
+      <c r="CQ11" s="10"/>
+      <c r="CR11" s="10"/>
+      <c r="CS11" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT11" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU11" s="10"/>
+      <c r="CV11" s="10"/>
+      <c r="CW11" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX11" s="15" t="s">
+      <c r="CX11" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY11" s="18">
-[...2 lines deleted...]
-      <c r="CZ11" s="18">
+      <c r="CY11" s="7">
         <v>45777</v>
       </c>
-      <c r="DA11" s="5"/>
-[...5 lines deleted...]
-      <c r="DG11" s="20" t="s">
+      <c r="CZ11" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA11" s="10"/>
+      <c r="DB11" s="10"/>
+      <c r="DC11" s="10"/>
+      <c r="DD11" s="10"/>
+      <c r="DE11" s="10"/>
+      <c r="DF11" s="10"/>
+      <c r="DG11" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="12" spans="1:111">
-      <c r="A12" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I12" s="3" t="s">
+      <c r="A12" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I12" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="J12" s="3">
+      <c r="J12" s="6">
         <v>10</v>
       </c>
-      <c r="K12" s="3" t="s">
+      <c r="K12" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="L12" s="3" t="s">
+      <c r="L12" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M12" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S12" s="3" t="s">
+      <c r="M12" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O12" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P12" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q12" s="6"/>
+      <c r="R12" s="6"/>
+      <c r="S12" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T12" s="3" t="s">
+      <c r="T12" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U12" s="3" t="s">
+      <c r="U12" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V12" s="3" t="s">
-[...49 lines deleted...]
-      <c r="AR12" s="7">
+      <c r="V12" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W12" s="6"/>
+      <c r="X12" s="6"/>
+      <c r="Y12" s="9"/>
+      <c r="Z12" s="6"/>
+      <c r="AA12" s="6"/>
+      <c r="AB12" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD12" s="6"/>
+      <c r="AE12" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL12" s="6"/>
+      <c r="AM12" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO12" s="6"/>
+      <c r="AP12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR12" s="8">
         <v>1</v>
       </c>
-      <c r="AS12" s="3"/>
-[...17 lines deleted...]
-      <c r="BC12" s="3" t="s">
+      <c r="AS12" s="6"/>
+      <c r="AT12" s="6"/>
+      <c r="AU12" s="6"/>
+      <c r="AV12" s="6"/>
+      <c r="AW12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX12" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AY12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ12" s="9"/>
+      <c r="BA12" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB12" s="6"/>
+      <c r="BC12" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="BD12" s="3" t="s">
+      <c r="BD12" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="BE12" s="3" t="s">
-[...31 lines deleted...]
-      <c r="BU12" s="3">
+      <c r="BE12" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF12" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG12" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH12" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI12" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ12" s="10"/>
+      <c r="BK12" s="6"/>
+      <c r="BL12" s="6"/>
+      <c r="BM12" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN12" s="10"/>
+      <c r="BO12" s="6"/>
+      <c r="BP12" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ12" s="6"/>
+      <c r="BR12" s="6"/>
+      <c r="BS12" s="6">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="BT12" s="6"/>
+      <c r="BU12" s="6">
         <v>2E-3</v>
       </c>
-      <c r="BV12" s="3"/>
-[...20 lines deleted...]
-      <c r="CI12" s="3">
+      <c r="BV12" s="6"/>
+      <c r="BW12" s="6">
+        <v>0</v>
+      </c>
+      <c r="BX12" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY12" s="6"/>
+      <c r="BZ12" s="6"/>
+      <c r="CA12" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB12" s="6"/>
+      <c r="CC12" s="6"/>
+      <c r="CD12" s="6"/>
+      <c r="CE12" s="6"/>
+      <c r="CF12" s="6">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="CG12" s="6"/>
+      <c r="CH12" s="6"/>
+      <c r="CI12" s="6">
         <v>2E-3</v>
       </c>
-      <c r="CJ12" s="3"/>
-[...24 lines deleted...]
-      <c r="CW12" s="14" t="s">
+      <c r="CJ12" s="6"/>
+      <c r="CK12" s="6">
+        <v>0</v>
+      </c>
+      <c r="CL12" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM12" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN12" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO12" s="10"/>
+      <c r="CP12" s="10"/>
+      <c r="CQ12" s="10"/>
+      <c r="CR12" s="10"/>
+      <c r="CS12" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT12" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU12" s="10"/>
+      <c r="CV12" s="10"/>
+      <c r="CW12" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX12" s="15" t="s">
+      <c r="CX12" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY12" s="18">
-[...2 lines deleted...]
-      <c r="CZ12" s="18">
+      <c r="CY12" s="7">
         <v>45777</v>
       </c>
-      <c r="DA12" s="5"/>
-[...5 lines deleted...]
-      <c r="DG12" s="20" t="s">
+      <c r="CZ12" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA12" s="10"/>
+      <c r="DB12" s="10"/>
+      <c r="DC12" s="10"/>
+      <c r="DD12" s="10"/>
+      <c r="DE12" s="10"/>
+      <c r="DF12" s="10"/>
+      <c r="DG12" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:111">
-      <c r="A13" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I13" s="3" t="s">
+      <c r="A13" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B13" s="6"/>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+      <c r="E13" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I13" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="J13" s="3">
+      <c r="J13" s="6">
         <v>1</v>
       </c>
-      <c r="K13" s="3" t="s">
+      <c r="K13" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="L13" s="3" t="s">
+      <c r="L13" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M13" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S13" s="3" t="s">
+      <c r="M13" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O13" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P13" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q13" s="6"/>
+      <c r="R13" s="6"/>
+      <c r="S13" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T13" s="3" t="s">
+      <c r="T13" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U13" s="3" t="s">
+      <c r="U13" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V13" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW13" s="3" t="s">
+      <c r="V13" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W13" s="6"/>
+      <c r="X13" s="6"/>
+      <c r="Y13" s="9"/>
+      <c r="Z13" s="6"/>
+      <c r="AA13" s="6"/>
+      <c r="AB13" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD13" s="6"/>
+      <c r="AE13" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL13" s="6"/>
+      <c r="AM13" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN13" s="6"/>
+      <c r="AO13" s="6"/>
+      <c r="AP13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR13" s="8">
+        <v>3</v>
+      </c>
+      <c r="AS13" s="6"/>
+      <c r="AT13" s="6"/>
+      <c r="AU13" s="6"/>
+      <c r="AV13" s="6"/>
+      <c r="AW13" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX13" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC13" s="3" t="s">
+      <c r="AX13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ13" s="9"/>
+      <c r="BA13" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB13" s="6"/>
+      <c r="BC13" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD13" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU13" s="3">
+      <c r="BD13" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE13" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF13" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG13" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH13" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI13" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ13" s="10"/>
+      <c r="BK13" s="14"/>
+      <c r="BL13" s="6"/>
+      <c r="BM13" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN13" s="10"/>
+      <c r="BO13" s="6"/>
+      <c r="BP13" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ13" s="6"/>
+      <c r="BR13" s="6"/>
+      <c r="BS13" s="6">
+        <v>7.6E-3</v>
+      </c>
+      <c r="BT13" s="6"/>
+      <c r="BU13" s="6">
         <v>5.4999999999999997E-3</v>
       </c>
-      <c r="BV13" s="3"/>
-[...20 lines deleted...]
-      <c r="CI13" s="3">
+      <c r="BV13" s="6"/>
+      <c r="BW13" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="BX13" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY13" s="6"/>
+      <c r="BZ13" s="6"/>
+      <c r="CA13" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB13" s="6"/>
+      <c r="CC13" s="6"/>
+      <c r="CD13" s="6"/>
+      <c r="CE13" s="6"/>
+      <c r="CF13" s="6">
+        <v>7.6E-3</v>
+      </c>
+      <c r="CG13" s="6"/>
+      <c r="CH13" s="6"/>
+      <c r="CI13" s="6">
         <v>5.4999999999999997E-3</v>
       </c>
-      <c r="CJ13" s="3"/>
-[...24 lines deleted...]
-      <c r="CW13" s="14" t="s">
+      <c r="CJ13" s="6"/>
+      <c r="CK13" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="CL13" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM13" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN13" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO13" s="10"/>
+      <c r="CP13" s="10"/>
+      <c r="CQ13" s="10"/>
+      <c r="CR13" s="10"/>
+      <c r="CS13" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT13" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU13" s="10"/>
+      <c r="CV13" s="10"/>
+      <c r="CW13" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX13" s="15" t="s">
+      <c r="CX13" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY13" s="18">
-[...2 lines deleted...]
-      <c r="CZ13" s="18">
+      <c r="CY13" s="7">
         <v>45777</v>
       </c>
-      <c r="DA13" s="5"/>
-[...5 lines deleted...]
-      <c r="DG13" s="20" t="s">
+      <c r="CZ13" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA13" s="10"/>
+      <c r="DB13" s="10"/>
+      <c r="DC13" s="10"/>
+      <c r="DD13" s="10"/>
+      <c r="DE13" s="10"/>
+      <c r="DF13" s="10"/>
+      <c r="DG13" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:111">
-      <c r="A14" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I14" s="3" t="s">
+      <c r="A14" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I14" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="J14" s="3">
+      <c r="J14" s="6">
         <v>1</v>
       </c>
-      <c r="K14" s="3" t="s">
+      <c r="K14" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="L14" s="3" t="s">
+      <c r="L14" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M14" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S14" s="3" t="s">
+      <c r="M14" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O14" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P14" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q14" s="6"/>
+      <c r="R14" s="6"/>
+      <c r="S14" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T14" s="3" t="s">
+      <c r="T14" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U14" s="3" t="s">
+      <c r="U14" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V14" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW14" s="3" t="s">
+      <c r="V14" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W14" s="6"/>
+      <c r="X14" s="6"/>
+      <c r="Y14" s="9"/>
+      <c r="Z14" s="6"/>
+      <c r="AA14" s="6"/>
+      <c r="AB14" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD14" s="6"/>
+      <c r="AE14" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL14" s="6"/>
+      <c r="AM14" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN14" s="6"/>
+      <c r="AO14" s="6"/>
+      <c r="AP14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR14" s="8">
+        <v>3</v>
+      </c>
+      <c r="AS14" s="6"/>
+      <c r="AT14" s="6"/>
+      <c r="AU14" s="6"/>
+      <c r="AV14" s="6"/>
+      <c r="AW14" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX14" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC14" s="3" t="s">
+      <c r="AX14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ14" s="9"/>
+      <c r="BA14" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB14" s="6"/>
+      <c r="BC14" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD14" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU14" s="3">
+      <c r="BD14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE14" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF14" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG14" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH14" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI14" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ14" s="10"/>
+      <c r="BK14" s="14"/>
+      <c r="BL14" s="6"/>
+      <c r="BM14" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN14" s="10"/>
+      <c r="BO14" s="6"/>
+      <c r="BP14" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ14" s="6"/>
+      <c r="BR14" s="6"/>
+      <c r="BS14" s="6">
+        <v>7.6E-3</v>
+      </c>
+      <c r="BT14" s="6"/>
+      <c r="BU14" s="6">
         <v>5.4999999999999997E-3</v>
       </c>
-      <c r="BV14" s="3"/>
-[...20 lines deleted...]
-      <c r="CI14" s="3">
+      <c r="BV14" s="6"/>
+      <c r="BW14" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="BX14" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY14" s="6"/>
+      <c r="BZ14" s="6"/>
+      <c r="CA14" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB14" s="6"/>
+      <c r="CC14" s="6"/>
+      <c r="CD14" s="6"/>
+      <c r="CE14" s="6"/>
+      <c r="CF14" s="6">
+        <v>7.6E-3</v>
+      </c>
+      <c r="CG14" s="6"/>
+      <c r="CH14" s="6"/>
+      <c r="CI14" s="6">
         <v>5.4999999999999997E-3</v>
       </c>
-      <c r="CJ14" s="3"/>
-[...24 lines deleted...]
-      <c r="CW14" s="14" t="s">
+      <c r="CJ14" s="6"/>
+      <c r="CK14" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="CL14" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM14" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN14" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO14" s="10"/>
+      <c r="CP14" s="10"/>
+      <c r="CQ14" s="10"/>
+      <c r="CR14" s="10"/>
+      <c r="CS14" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT14" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU14" s="10"/>
+      <c r="CV14" s="10"/>
+      <c r="CW14" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX14" s="15" t="s">
+      <c r="CX14" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY14" s="18">
-[...2 lines deleted...]
-      <c r="CZ14" s="18">
+      <c r="CY14" s="7">
         <v>45777</v>
       </c>
-      <c r="DA14" s="5"/>
-[...5 lines deleted...]
-      <c r="DG14" s="20" t="s">
+      <c r="CZ14" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA14" s="10"/>
+      <c r="DB14" s="10"/>
+      <c r="DC14" s="10"/>
+      <c r="DD14" s="10"/>
+      <c r="DE14" s="10"/>
+      <c r="DF14" s="10"/>
+      <c r="DG14" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:111">
-      <c r="A15" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I15" s="3" t="s">
+      <c r="A15" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B15" s="6"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H15" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="I15" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="J15" s="3">
+      <c r="J15" s="6">
         <v>1</v>
       </c>
-      <c r="K15" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L15" s="3" t="s">
+      <c r="K15" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M15" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S15" s="3" t="s">
+      <c r="M15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O15" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q15" s="6"/>
+      <c r="R15" s="6"/>
+      <c r="S15" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T15" s="3" t="s">
+      <c r="T15" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U15" s="3" t="s">
+      <c r="U15" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V15" s="3" t="s">
-[...47 lines deleted...]
-      <c r="AR15" s="7">
+      <c r="V15" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W15" s="6"/>
+      <c r="X15" s="6"/>
+      <c r="Y15" s="9"/>
+      <c r="Z15" s="6"/>
+      <c r="AA15" s="6"/>
+      <c r="AB15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD15" s="6"/>
+      <c r="AE15" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL15" s="6"/>
+      <c r="AM15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN15" s="6"/>
+      <c r="AO15" s="6"/>
+      <c r="AP15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR15" s="8">
         <v>4</v>
       </c>
-      <c r="AS15" s="3"/>
-[...3 lines deleted...]
-      <c r="AW15" s="3" t="s">
+      <c r="AS15" s="6"/>
+      <c r="AT15" s="6"/>
+      <c r="AU15" s="6"/>
+      <c r="AV15" s="6"/>
+      <c r="AW15" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX15" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC15" s="3" t="s">
+      <c r="AX15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ15" s="9"/>
+      <c r="BA15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB15" s="6"/>
+      <c r="BC15" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD15" s="3" t="s">
-[...17 lines deleted...]
-      <c r="BJ15" s="5"/>
+      <c r="BD15" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF15" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG15" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH15" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI15" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ15" s="10"/>
       <c r="BK15" s="6"/>
-      <c r="BL15" s="3"/>
-[...66 lines deleted...]
-      <c r="CW15" s="14" t="s">
+      <c r="BL15" s="6"/>
+      <c r="BM15" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN15" s="10"/>
+      <c r="BO15" s="6"/>
+      <c r="BP15" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ15" s="6"/>
+      <c r="BR15" s="6"/>
+      <c r="BS15" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="BT15" s="6"/>
+      <c r="BU15" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="BV15" s="6"/>
+      <c r="BW15" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="BX15" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY15" s="6"/>
+      <c r="BZ15" s="6"/>
+      <c r="CA15" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB15" s="6"/>
+      <c r="CC15" s="6"/>
+      <c r="CD15" s="6"/>
+      <c r="CE15" s="6"/>
+      <c r="CF15" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="CG15" s="6"/>
+      <c r="CH15" s="6"/>
+      <c r="CI15" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="CJ15" s="6"/>
+      <c r="CK15" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="CL15" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM15" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN15" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO15" s="10"/>
+      <c r="CP15" s="10"/>
+      <c r="CQ15" s="10"/>
+      <c r="CR15" s="10"/>
+      <c r="CS15" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT15" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU15" s="10"/>
+      <c r="CV15" s="10"/>
+      <c r="CW15" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX15" s="15" t="s">
+      <c r="CX15" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY15" s="18">
-[...2 lines deleted...]
-      <c r="CZ15" s="18">
+      <c r="CY15" s="7">
         <v>45777</v>
       </c>
-      <c r="DA15" s="5"/>
-[...5 lines deleted...]
-      <c r="DG15" s="20" t="s">
+      <c r="CZ15" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA15" s="10"/>
+      <c r="DB15" s="10"/>
+      <c r="DC15" s="10"/>
+      <c r="DD15" s="10"/>
+      <c r="DE15" s="10"/>
+      <c r="DF15" s="10"/>
+      <c r="DG15" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:111">
-      <c r="A16" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J16" s="3">
+      <c r="A16" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B16" s="6"/>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+      <c r="E16" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H16" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="J16" s="6">
         <v>1</v>
       </c>
-      <c r="K16" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L16" s="3" t="s">
+      <c r="K16" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="L16" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M16" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S16" s="3" t="s">
+      <c r="M16" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O16" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P16" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q16" s="6"/>
+      <c r="R16" s="6"/>
+      <c r="S16" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T16" s="3" t="s">
+      <c r="T16" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U16" s="3" t="s">
+      <c r="U16" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V16" s="3" t="s">
-[...47 lines deleted...]
-      <c r="AR16" s="7">
+      <c r="V16" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W16" s="6"/>
+      <c r="X16" s="6"/>
+      <c r="Y16" s="9"/>
+      <c r="Z16" s="6"/>
+      <c r="AA16" s="6"/>
+      <c r="AB16" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD16" s="6"/>
+      <c r="AE16" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL16" s="6"/>
+      <c r="AM16" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN16" s="6"/>
+      <c r="AO16" s="6"/>
+      <c r="AP16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR16" s="8">
         <v>4</v>
       </c>
-      <c r="AS16" s="3"/>
-[...3 lines deleted...]
-      <c r="AW16" s="3" t="s">
+      <c r="AS16" s="6"/>
+      <c r="AT16" s="6"/>
+      <c r="AU16" s="6"/>
+      <c r="AV16" s="6"/>
+      <c r="AW16" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX16" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC16" s="3" t="s">
+      <c r="AX16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ16" s="9"/>
+      <c r="BA16" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB16" s="6"/>
+      <c r="BC16" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="BD16" s="3" t="s">
-[...17 lines deleted...]
-      <c r="BJ16" s="5"/>
+      <c r="BD16" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE16" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF16" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG16" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH16" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI16" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ16" s="10"/>
       <c r="BK16" s="6"/>
-      <c r="BL16" s="3"/>
-[...66 lines deleted...]
-      <c r="CW16" s="14" t="s">
+      <c r="BL16" s="6"/>
+      <c r="BM16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN16" s="10"/>
+      <c r="BO16" s="6"/>
+      <c r="BP16" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ16" s="6"/>
+      <c r="BR16" s="6"/>
+      <c r="BS16" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="BT16" s="6"/>
+      <c r="BU16" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="BV16" s="6"/>
+      <c r="BW16" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="BX16" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY16" s="6"/>
+      <c r="BZ16" s="6"/>
+      <c r="CA16" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB16" s="6"/>
+      <c r="CC16" s="6"/>
+      <c r="CD16" s="6"/>
+      <c r="CE16" s="6"/>
+      <c r="CF16" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="CG16" s="6"/>
+      <c r="CH16" s="6"/>
+      <c r="CI16" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="CJ16" s="6"/>
+      <c r="CK16" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="CL16" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM16" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN16" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO16" s="10"/>
+      <c r="CP16" s="10"/>
+      <c r="CQ16" s="10"/>
+      <c r="CR16" s="10"/>
+      <c r="CS16" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT16" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU16" s="10"/>
+      <c r="CV16" s="10"/>
+      <c r="CW16" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX16" s="15" t="s">
+      <c r="CX16" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY16" s="18">
-[...2 lines deleted...]
-      <c r="CZ16" s="18">
+      <c r="CY16" s="7">
         <v>45777</v>
       </c>
-      <c r="DA16" s="5"/>
-[...5 lines deleted...]
-      <c r="DG16" s="20" t="s">
+      <c r="CZ16" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA16" s="10"/>
+      <c r="DB16" s="10"/>
+      <c r="DC16" s="10"/>
+      <c r="DD16" s="10"/>
+      <c r="DE16" s="10"/>
+      <c r="DF16" s="10"/>
+      <c r="DG16" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:111">
-      <c r="A17" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J17" s="3">
+      <c r="A17" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B17" s="6"/>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+      <c r="E17" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="J17" s="6">
         <v>1</v>
       </c>
-      <c r="K17" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L17" s="3" t="s">
+      <c r="K17" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M17" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S17" s="3" t="s">
+      <c r="M17" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N17" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O17" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P17" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q17" s="6"/>
+      <c r="R17" s="6"/>
+      <c r="S17" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T17" s="3" t="s">
+      <c r="T17" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U17" s="3" t="s">
+      <c r="U17" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V17" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW17" s="3" t="s">
+      <c r="V17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W17" s="6"/>
+      <c r="X17" s="6"/>
+      <c r="Y17" s="9"/>
+      <c r="Z17" s="6"/>
+      <c r="AA17" s="6"/>
+      <c r="AB17" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD17" s="6"/>
+      <c r="AE17" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL17" s="6"/>
+      <c r="AM17" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN17" s="6"/>
+      <c r="AO17" s="6"/>
+      <c r="AP17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR17" s="8">
+        <v>2</v>
+      </c>
+      <c r="AS17" s="6"/>
+      <c r="AT17" s="6"/>
+      <c r="AU17" s="6"/>
+      <c r="AV17" s="6"/>
+      <c r="AW17" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX17" s="3" t="s">
-[...100 lines deleted...]
-      <c r="CW17" s="14" t="s">
+      <c r="AX17" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AY17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ17" s="9"/>
+      <c r="BA17" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB17" s="6"/>
+      <c r="BC17" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="BD17" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="BE17" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI17" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ17" s="10"/>
+      <c r="BK17" s="6"/>
+      <c r="BL17" s="6"/>
+      <c r="BM17" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN17" s="10"/>
+      <c r="BO17" s="6"/>
+      <c r="BP17" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ17" s="6"/>
+      <c r="BR17" s="6"/>
+      <c r="BS17" s="6">
+        <v>3.2000000000000002E-3</v>
+      </c>
+      <c r="BT17" s="6"/>
+      <c r="BU17" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="BV17" s="6"/>
+      <c r="BW17" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="BX17" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY17" s="6"/>
+      <c r="BZ17" s="6"/>
+      <c r="CA17" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB17" s="6"/>
+      <c r="CC17" s="6"/>
+      <c r="CD17" s="6"/>
+      <c r="CE17" s="6"/>
+      <c r="CF17" s="6">
+        <v>3.2000000000000002E-3</v>
+      </c>
+      <c r="CG17" s="6"/>
+      <c r="CH17" s="6"/>
+      <c r="CI17" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="CJ17" s="6"/>
+      <c r="CK17" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="CL17" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM17" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN17" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO17" s="10"/>
+      <c r="CP17" s="10"/>
+      <c r="CQ17" s="10"/>
+      <c r="CR17" s="10"/>
+      <c r="CS17" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT17" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU17" s="10"/>
+      <c r="CV17" s="10"/>
+      <c r="CW17" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX17" s="15" t="s">
+      <c r="CX17" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY17" s="18">
-[...2 lines deleted...]
-      <c r="CZ17" s="18">
+      <c r="CY17" s="7">
         <v>45777</v>
       </c>
-      <c r="DA17" s="5"/>
-[...5 lines deleted...]
-      <c r="DG17" s="20" t="s">
+      <c r="CZ17" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA17" s="10"/>
+      <c r="DB17" s="10"/>
+      <c r="DC17" s="10"/>
+      <c r="DD17" s="10"/>
+      <c r="DE17" s="10"/>
+      <c r="DF17" s="10"/>
+      <c r="DG17" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="18" spans="1:111">
-      <c r="A18" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J18" s="3">
+      <c r="A18" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="J18" s="6">
         <v>1</v>
       </c>
-      <c r="K18" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L18" s="3" t="s">
+      <c r="K18" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="L18" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M18" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S18" s="3" t="s">
+      <c r="M18" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O18" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P18" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q18" s="6"/>
+      <c r="R18" s="6"/>
+      <c r="S18" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T18" s="3" t="s">
+      <c r="T18" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U18" s="3" t="s">
+      <c r="U18" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V18" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW18" s="3" t="s">
+      <c r="V18" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W18" s="6"/>
+      <c r="X18" s="6"/>
+      <c r="Y18" s="9"/>
+      <c r="Z18" s="6"/>
+      <c r="AA18" s="6"/>
+      <c r="AB18" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD18" s="6"/>
+      <c r="AE18" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL18" s="6"/>
+      <c r="AM18" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN18" s="6"/>
+      <c r="AO18" s="6"/>
+      <c r="AP18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR18" s="8">
+        <v>2</v>
+      </c>
+      <c r="AS18" s="6"/>
+      <c r="AT18" s="6"/>
+      <c r="AU18" s="6"/>
+      <c r="AV18" s="6"/>
+      <c r="AW18" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX18" s="3" t="s">
-[...100 lines deleted...]
-      <c r="CW18" s="14" t="s">
+      <c r="AX18" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AY18" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ18" s="9"/>
+      <c r="BA18" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB18" s="6"/>
+      <c r="BC18" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="BD18" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="BE18" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF18" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG18" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH18" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI18" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ18" s="10"/>
+      <c r="BK18" s="6"/>
+      <c r="BL18" s="6"/>
+      <c r="BM18" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN18" s="10"/>
+      <c r="BO18" s="6"/>
+      <c r="BP18" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ18" s="6"/>
+      <c r="BR18" s="6"/>
+      <c r="BS18" s="6">
+        <v>3.2000000000000002E-3</v>
+      </c>
+      <c r="BT18" s="6"/>
+      <c r="BU18" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="BV18" s="6"/>
+      <c r="BW18" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="BX18" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY18" s="6"/>
+      <c r="BZ18" s="6"/>
+      <c r="CA18" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB18" s="6"/>
+      <c r="CC18" s="6"/>
+      <c r="CD18" s="6"/>
+      <c r="CE18" s="6"/>
+      <c r="CF18" s="6">
+        <v>3.2000000000000002E-3</v>
+      </c>
+      <c r="CG18" s="6"/>
+      <c r="CH18" s="6"/>
+      <c r="CI18" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="CJ18" s="6"/>
+      <c r="CK18" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="CL18" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM18" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN18" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO18" s="10"/>
+      <c r="CP18" s="10"/>
+      <c r="CQ18" s="10"/>
+      <c r="CR18" s="10"/>
+      <c r="CS18" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT18" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU18" s="10"/>
+      <c r="CV18" s="10"/>
+      <c r="CW18" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX18" s="15" t="s">
+      <c r="CX18" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY18" s="18">
-[...2 lines deleted...]
-      <c r="CZ18" s="18">
+      <c r="CY18" s="7">
         <v>45777</v>
       </c>
-      <c r="DA18" s="5"/>
-[...5 lines deleted...]
-      <c r="DG18" s="20" t="s">
+      <c r="CZ18" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA18" s="10"/>
+      <c r="DB18" s="10"/>
+      <c r="DC18" s="10"/>
+      <c r="DD18" s="10"/>
+      <c r="DE18" s="10"/>
+      <c r="DF18" s="10"/>
+      <c r="DG18" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:111">
-      <c r="A19" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J19" s="3">
+      <c r="A19" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B19" s="6"/>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+      <c r="E19" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="J19" s="6">
         <v>1</v>
       </c>
-      <c r="K19" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L19" s="3" t="s">
+      <c r="K19" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M19" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S19" s="3" t="s">
+      <c r="M19" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O19" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P19" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q19" s="6"/>
+      <c r="R19" s="6"/>
+      <c r="S19" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T19" s="3" t="s">
+      <c r="T19" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U19" s="3" t="s">
+      <c r="U19" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V19" s="3" t="s">
-[...47 lines deleted...]
-      <c r="AR19" s="7">
+      <c r="V19" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W19" s="6"/>
+      <c r="X19" s="6"/>
+      <c r="Y19" s="9"/>
+      <c r="Z19" s="6"/>
+      <c r="AA19" s="6"/>
+      <c r="AB19" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD19" s="6"/>
+      <c r="AE19" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL19" s="6"/>
+      <c r="AM19" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN19" s="6"/>
+      <c r="AO19" s="6"/>
+      <c r="AP19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR19" s="8">
         <v>3</v>
       </c>
-      <c r="AS19" s="3"/>
-[...3 lines deleted...]
-      <c r="AW19" s="3" t="s">
+      <c r="AS19" s="6"/>
+      <c r="AT19" s="6"/>
+      <c r="AU19" s="6"/>
+      <c r="AV19" s="6"/>
+      <c r="AW19" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX19" s="3" t="s">
+      <c r="AX19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY19" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ19" s="9"/>
+      <c r="BA19" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB19" s="6"/>
+      <c r="BC19" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="BD19" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="AY19" s="3" t="s">
-[...97 lines deleted...]
-      <c r="CW19" s="14" t="s">
+      <c r="BE19" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF19" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG19" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH19" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI19" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ19" s="10"/>
+      <c r="BK19" s="14"/>
+      <c r="BL19" s="6"/>
+      <c r="BM19" s="15">
+        <v>1.7500000000000002E-2</v>
+      </c>
+      <c r="BN19" s="10"/>
+      <c r="BO19" s="6"/>
+      <c r="BP19" s="15">
+        <v>1.55E-2</v>
+      </c>
+      <c r="BQ19" s="6"/>
+      <c r="BR19" s="6"/>
+      <c r="BS19" s="6">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="BT19" s="6"/>
+      <c r="BU19" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="BV19" s="6"/>
+      <c r="BW19" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="BX19" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY19" s="6"/>
+      <c r="BZ19" s="6"/>
+      <c r="CA19" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB19" s="6"/>
+      <c r="CC19" s="6"/>
+      <c r="CD19" s="6"/>
+      <c r="CE19" s="6"/>
+      <c r="CF19" s="6">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="CG19" s="6"/>
+      <c r="CH19" s="6"/>
+      <c r="CI19" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="CJ19" s="6"/>
+      <c r="CK19" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="CL19" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM19" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN19" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO19" s="10"/>
+      <c r="CP19" s="10"/>
+      <c r="CQ19" s="10"/>
+      <c r="CR19" s="10"/>
+      <c r="CS19" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT19" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU19" s="10"/>
+      <c r="CV19" s="10"/>
+      <c r="CW19" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX19" s="15" t="s">
+      <c r="CX19" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY19" s="18">
-[...2 lines deleted...]
-      <c r="CZ19" s="18">
+      <c r="CY19" s="7">
         <v>45777</v>
       </c>
-      <c r="DA19" s="5"/>
-[...5 lines deleted...]
-      <c r="DG19" s="20" t="s">
+      <c r="CZ19" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA19" s="10"/>
+      <c r="DB19" s="10"/>
+      <c r="DC19" s="10"/>
+      <c r="DD19" s="10"/>
+      <c r="DE19" s="10"/>
+      <c r="DF19" s="10"/>
+      <c r="DG19" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:111">
-      <c r="A20" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I20" s="3" t="s">
+      <c r="A20" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B20" s="6"/>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+      <c r="E20" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="J20" s="6">
+        <v>1</v>
+      </c>
+      <c r="K20" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="J20" s="3">
-[...5 lines deleted...]
-      <c r="L20" s="3" t="s">
+      <c r="L20" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M20" s="3" t="s">
-[...19 lines deleted...]
-      <c r="U20" s="3" t="s">
+      <c r="M20" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O20" s="7">
+        <v>45747</v>
+      </c>
+      <c r="P20" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q20" s="6"/>
+      <c r="R20" s="6"/>
+      <c r="S20" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="T20" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="U20" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V20" s="3" t="s">
-[...47 lines deleted...]
-      <c r="AR20" s="7">
+      <c r="V20" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W20" s="6"/>
+      <c r="X20" s="6"/>
+      <c r="Y20" s="6"/>
+      <c r="Z20" s="6"/>
+      <c r="AA20" s="6"/>
+      <c r="AB20" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD20" s="6"/>
+      <c r="AE20" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF20" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AG20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL20" s="6"/>
+      <c r="AM20" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN20" s="6"/>
+      <c r="AO20" s="6"/>
+      <c r="AP20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR20" s="8">
         <v>3</v>
       </c>
-      <c r="AS20" s="3"/>
-[...3 lines deleted...]
-      <c r="AW20" s="3" t="s">
+      <c r="AS20" s="6"/>
+      <c r="AT20" s="6"/>
+      <c r="AU20" s="6"/>
+      <c r="AV20" s="6"/>
+      <c r="AW20" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX20" s="3" t="s">
+      <c r="AX20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY20" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ20" s="6"/>
+      <c r="BA20" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB20" s="6"/>
+      <c r="BC20" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="BD20" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="AY20" s="3" t="s">
-[...49 lines deleted...]
-      <c r="BW20" s="3">
+      <c r="BE20" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF20" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="BG20" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="BH20" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI20" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ20" s="10"/>
+      <c r="BK20" s="10"/>
+      <c r="BL20" s="6"/>
+      <c r="BM20" s="15">
+        <v>6.7500000000000004E-2</v>
+      </c>
+      <c r="BN20" s="10"/>
+      <c r="BO20" s="6"/>
+      <c r="BP20" s="15">
+        <v>1.55E-2</v>
+      </c>
+      <c r="BQ20" s="6"/>
+      <c r="BR20" s="6"/>
+      <c r="BS20" s="6">
+        <v>1.35E-2</v>
+      </c>
+      <c r="BT20" s="6"/>
+      <c r="BU20" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="BV20" s="6"/>
+      <c r="BW20" s="6">
         <v>4.0000000000000002E-4</v>
       </c>
-      <c r="BX20" s="3">
-[...20 lines deleted...]
-      <c r="CK20" s="3">
+      <c r="BX20" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY20" s="6"/>
+      <c r="BZ20" s="6"/>
+      <c r="CA20" s="7">
+        <v>45747</v>
+      </c>
+      <c r="CB20" s="6"/>
+      <c r="CC20" s="6"/>
+      <c r="CD20" s="6"/>
+      <c r="CE20" s="6"/>
+      <c r="CF20" s="6">
+        <v>1.35E-2</v>
+      </c>
+      <c r="CG20" s="6"/>
+      <c r="CH20" s="6"/>
+      <c r="CI20" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+      <c r="CJ20" s="6"/>
+      <c r="CK20" s="6">
         <v>4.0000000000000002E-4</v>
       </c>
-      <c r="CL20" s="3">
-[...20 lines deleted...]
-      <c r="CW20" s="14" t="s">
+      <c r="CL20" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM20" s="7">
+        <v>45383</v>
+      </c>
+      <c r="CN20" s="7">
+        <v>45747</v>
+      </c>
+      <c r="CO20" s="10"/>
+      <c r="CP20" s="10"/>
+      <c r="CQ20" s="10"/>
+      <c r="CR20" s="10"/>
+      <c r="CS20" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT20" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="CU20" s="10"/>
+      <c r="CV20" s="10"/>
+      <c r="CW20" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="CX20" s="15" t="s">
+      <c r="CX20" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY20" s="18">
-[...2 lines deleted...]
-      <c r="CZ20" s="18">
+      <c r="CY20" s="7">
         <v>45777</v>
       </c>
-      <c r="DA20" s="5"/>
-[...5 lines deleted...]
-      <c r="DG20" s="20" t="s">
+      <c r="CZ20" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA20" s="10"/>
+      <c r="DB20" s="10"/>
+      <c r="DC20" s="10"/>
+      <c r="DD20" s="10"/>
+      <c r="DE20" s="10"/>
+      <c r="DF20" s="10"/>
+      <c r="DG20" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="21" spans="1:111">
-      <c r="A21" s="3" t="s">
+      <c r="A21" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B21" s="6"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="J21" s="6">
+        <v>1</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O21" s="7">
+        <v>45901</v>
+      </c>
+      <c r="P21" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q21" s="6"/>
+      <c r="R21" s="6"/>
+      <c r="S21" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="T21" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="U21" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="V21" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W21" s="6"/>
+      <c r="X21" s="6"/>
+      <c r="Y21" s="6"/>
+      <c r="Z21" s="6"/>
+      <c r="AA21" s="6"/>
+      <c r="AB21" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD21" s="6"/>
+      <c r="AE21" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL21" s="6"/>
+      <c r="AM21" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO21" s="6"/>
+      <c r="AP21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR21" s="8"/>
+      <c r="AS21" s="6">
+        <v>1</v>
+      </c>
+      <c r="AT21" s="6"/>
+      <c r="AU21" s="6"/>
+      <c r="AV21" s="6"/>
+      <c r="AW21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX21" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AY21" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ21" s="6"/>
+      <c r="BA21" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB21" s="6"/>
+      <c r="BC21" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="BD21" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="BE21" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF21" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG21" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH21" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI21" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ21" s="10"/>
+      <c r="BK21" s="10"/>
+      <c r="BL21" s="6"/>
+      <c r="BM21" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN21" s="10"/>
+      <c r="BO21" s="6"/>
+      <c r="BP21" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ21" s="6"/>
+      <c r="BR21" s="6"/>
+      <c r="BS21" s="6">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="BT21" s="6"/>
+      <c r="BU21" s="6">
+        <v>2E-3</v>
+      </c>
+      <c r="BV21" s="6"/>
+      <c r="BW21" s="6">
+        <v>0</v>
+      </c>
+      <c r="BX21" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY21" s="6"/>
+      <c r="BZ21" s="6"/>
+      <c r="CA21" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CB21" s="6"/>
+      <c r="CC21" s="6"/>
+      <c r="CD21" s="6"/>
+      <c r="CE21" s="6"/>
+      <c r="CF21" s="6"/>
+      <c r="CG21" s="6"/>
+      <c r="CH21" s="6"/>
+      <c r="CI21" s="6"/>
+      <c r="CJ21" s="6"/>
+      <c r="CK21" s="6"/>
+      <c r="CL21" s="6"/>
+      <c r="CM21" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CN21" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CO21" s="10"/>
+      <c r="CP21" s="10"/>
+      <c r="CQ21" s="10"/>
+      <c r="CR21" s="10"/>
+      <c r="CS21" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT21" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU21" s="10">
+        <v>1</v>
+      </c>
+      <c r="CV21" s="10"/>
+      <c r="CW21" s="12"/>
+      <c r="CX21" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="CY21" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CZ21" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA21" s="10"/>
+      <c r="DB21" s="10"/>
+      <c r="DC21" s="10"/>
+      <c r="DD21" s="10"/>
+      <c r="DE21" s="10"/>
+      <c r="DF21" s="10"/>
+      <c r="DG21" s="13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="22" spans="1:111" ht="14.25" customHeight="1">
+      <c r="A22" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B22" s="6"/>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+      <c r="E22" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="I22" s="17" t="s">
+        <v>176</v>
+      </c>
+      <c r="J22" s="6">
+        <v>1</v>
+      </c>
+      <c r="K22" s="6" t="s">
         <v>192</v>
       </c>
-      <c r="B21" s="3"/>
-[...17 lines deleted...]
-      <c r="J21" s="3">
+      <c r="L22" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O22" s="7">
+        <v>45901</v>
+      </c>
+      <c r="P22" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q22" s="6"/>
+      <c r="R22" s="6"/>
+      <c r="S22" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="T22" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="U22" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="V22" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W22" s="6"/>
+      <c r="X22" s="6"/>
+      <c r="Y22" s="6"/>
+      <c r="Z22" s="6"/>
+      <c r="AA22" s="6"/>
+      <c r="AB22" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD22" s="6"/>
+      <c r="AE22" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL22" s="6"/>
+      <c r="AM22" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO22" s="6"/>
+      <c r="AP22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR22" s="8"/>
+      <c r="AS22" s="8">
         <v>1</v>
       </c>
-      <c r="K21" s="3" t="s">
-[...190 lines deleted...]
-      <c r="CX21" s="15" t="s">
+      <c r="AT22" s="6"/>
+      <c r="AU22" s="6"/>
+      <c r="AV22" s="6"/>
+      <c r="AW22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX22" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AY22" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ22" s="6"/>
+      <c r="BA22" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB22" s="6"/>
+      <c r="BC22" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="BD22" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="BE22" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF22" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG22" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH22" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI22" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ22" s="10"/>
+      <c r="BK22" s="10"/>
+      <c r="BL22" s="6"/>
+      <c r="BM22" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN22" s="10"/>
+      <c r="BO22" s="6"/>
+      <c r="BP22" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ22" s="6"/>
+      <c r="BR22" s="6"/>
+      <c r="BS22" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="BT22" s="6"/>
+      <c r="BU22" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="BV22" s="6"/>
+      <c r="BW22" s="6">
+        <v>0</v>
+      </c>
+      <c r="BX22" s="17" t="s">
+        <v>154</v>
+      </c>
+      <c r="BY22" s="17"/>
+      <c r="BZ22" s="17"/>
+      <c r="CA22" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CB22" s="6"/>
+      <c r="CC22" s="6"/>
+      <c r="CD22" s="6"/>
+      <c r="CE22" s="6"/>
+      <c r="CF22" s="6"/>
+      <c r="CG22" s="6"/>
+      <c r="CH22" s="6"/>
+      <c r="CI22" s="6"/>
+      <c r="CJ22" s="6"/>
+      <c r="CK22" s="6"/>
+      <c r="CL22" s="6"/>
+      <c r="CM22" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CN22" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CO22" s="10"/>
+      <c r="CP22" s="10"/>
+      <c r="CQ22" s="10"/>
+      <c r="CR22" s="10"/>
+      <c r="CS22" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT22" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU22" s="10">
+        <v>1</v>
+      </c>
+      <c r="CV22" s="10"/>
+      <c r="CW22" s="10"/>
+      <c r="CX22" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY21" s="18">
-[...2 lines deleted...]
-      <c r="CZ21" s="18">
+      <c r="CY22" s="7">
         <v>45777</v>
       </c>
-      <c r="DA21" s="5"/>
-[...240 lines deleted...]
-      <c r="DG22" s="20" t="s">
+      <c r="CZ22" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA22" s="10"/>
+      <c r="DB22" s="10"/>
+      <c r="DC22" s="10"/>
+      <c r="DD22" s="10"/>
+      <c r="DE22" s="10"/>
+      <c r="DF22" s="10"/>
+      <c r="DG22" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:111" ht="14.25" customHeight="1">
-      <c r="A23" s="3" t="s">
-[...15 lines deleted...]
-        <v>104</v>
+      <c r="A23" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B23" s="6"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>108</v>
       </c>
       <c r="I23" s="17" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="J23" s="3">
+        <v>152</v>
+      </c>
+      <c r="J23" s="6">
         <v>1</v>
       </c>
-      <c r="K23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L23" s="3" t="s">
+      <c r="K23" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M23" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S23" s="3" t="s">
+      <c r="M23" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O23" s="7">
+        <v>45901</v>
+      </c>
+      <c r="P23" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q23" s="6"/>
+      <c r="R23" s="6"/>
+      <c r="S23" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T23" s="3" t="s">
+      <c r="T23" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U23" s="3" t="s">
+      <c r="U23" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V23" s="3" t="s">
-[...50 lines deleted...]
-      <c r="AS23" s="7">
+      <c r="V23" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W23" s="6"/>
+      <c r="X23" s="6"/>
+      <c r="Y23" s="6"/>
+      <c r="Z23" s="6"/>
+      <c r="AA23" s="6"/>
+      <c r="AB23" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD23" s="6"/>
+      <c r="AE23" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL23" s="6"/>
+      <c r="AM23" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO23" s="6"/>
+      <c r="AP23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR23" s="8"/>
+      <c r="AS23" s="8">
         <v>1</v>
       </c>
-      <c r="AT23" s="3"/>
-[...16 lines deleted...]
-      <c r="BC23" s="3" t="s">
+      <c r="AT23" s="6"/>
+      <c r="AU23" s="6"/>
+      <c r="AV23" s="6"/>
+      <c r="AW23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX23" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AY23" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ23" s="6"/>
+      <c r="BA23" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB23" s="6"/>
+      <c r="BC23" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="BD23" s="3" t="s">
+      <c r="BD23" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="BE23" s="3" t="s">
-[...35 lines deleted...]
-      <c r="BW23" s="3">
+      <c r="BE23" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF23" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG23" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH23" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI23" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ23" s="10"/>
+      <c r="BK23" s="10"/>
+      <c r="BL23" s="6"/>
+      <c r="BM23" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN23" s="10"/>
+      <c r="BO23" s="6"/>
+      <c r="BP23" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ23" s="6"/>
+      <c r="BR23" s="6"/>
+      <c r="BS23" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="BT23" s="6"/>
+      <c r="BU23" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="BV23" s="6"/>
+      <c r="BW23" s="6">
         <v>0</v>
       </c>
       <c r="BX23" s="17" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="BY23" s="17"/>
       <c r="BZ23" s="17"/>
-      <c r="CA23" s="18">
-[...37 lines deleted...]
-      <c r="CU23" s="5">
+      <c r="CA23" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CB23" s="6"/>
+      <c r="CC23" s="6"/>
+      <c r="CD23" s="6"/>
+      <c r="CE23" s="6"/>
+      <c r="CF23" s="6"/>
+      <c r="CG23" s="6"/>
+      <c r="CH23" s="6"/>
+      <c r="CI23" s="6"/>
+      <c r="CJ23" s="6"/>
+      <c r="CK23" s="6"/>
+      <c r="CL23" s="6"/>
+      <c r="CM23" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CN23" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CO23" s="10"/>
+      <c r="CP23" s="10"/>
+      <c r="CQ23" s="10"/>
+      <c r="CR23" s="10"/>
+      <c r="CS23" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT23" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU23" s="10">
         <v>1</v>
       </c>
-      <c r="CV23" s="5"/>
-[...1 lines deleted...]
-      <c r="CX23" s="15" t="s">
+      <c r="CV23" s="10"/>
+      <c r="CW23" s="10"/>
+      <c r="CX23" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY23" s="18">
-[...2 lines deleted...]
-      <c r="CZ23" s="18">
+      <c r="CY23" s="7">
         <v>45777</v>
       </c>
-      <c r="DA23" s="5"/>
-[...5 lines deleted...]
-      <c r="DG23" s="20" t="s">
+      <c r="CZ23" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA23" s="10"/>
+      <c r="DB23" s="10"/>
+      <c r="DC23" s="10"/>
+      <c r="DD23" s="10"/>
+      <c r="DE23" s="10"/>
+      <c r="DF23" s="10"/>
+      <c r="DG23" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:111" ht="14.25" customHeight="1">
-      <c r="A24" s="3" t="s">
-[...15 lines deleted...]
-        <v>104</v>
+      <c r="A24" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B24" s="6"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>108</v>
       </c>
       <c r="I24" s="17" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="J24" s="3">
+        <v>190</v>
+      </c>
+      <c r="J24" s="6">
         <v>1</v>
       </c>
-      <c r="K24" s="3" t="s">
-[...2 lines deleted...]
-      <c r="L24" s="3" t="s">
+      <c r="K24" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="L24" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M24" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S24" s="3" t="s">
+      <c r="M24" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O24" s="7">
+        <v>45901</v>
+      </c>
+      <c r="P24" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q24" s="6"/>
+      <c r="R24" s="6"/>
+      <c r="S24" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T24" s="3" t="s">
+      <c r="T24" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U24" s="3" t="s">
+      <c r="U24" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V24" s="3" t="s">
-[...50 lines deleted...]
-      <c r="AS24" s="7">
+      <c r="V24" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W24" s="6"/>
+      <c r="X24" s="6"/>
+      <c r="Y24" s="6"/>
+      <c r="Z24" s="6"/>
+      <c r="AA24" s="6"/>
+      <c r="AB24" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD24" s="6"/>
+      <c r="AE24" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL24" s="6"/>
+      <c r="AM24" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AO24" s="6"/>
+      <c r="AP24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR24" s="8"/>
+      <c r="AS24" s="8">
         <v>1</v>
       </c>
-      <c r="AT24" s="3"/>
-[...16 lines deleted...]
-      <c r="BC24" s="3" t="s">
+      <c r="AT24" s="6"/>
+      <c r="AU24" s="6"/>
+      <c r="AV24" s="6"/>
+      <c r="AW24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AX24" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AY24" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ24" s="6"/>
+      <c r="BA24" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB24" s="6"/>
+      <c r="BC24" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="BD24" s="3" t="s">
+      <c r="BD24" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="BE24" s="3" t="s">
-[...39 lines deleted...]
-        <v>159</v>
+      <c r="BE24" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF24" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG24" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH24" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI24" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ24" s="10"/>
+      <c r="BK24" s="10"/>
+      <c r="BL24" s="6"/>
+      <c r="BM24" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN24" s="10"/>
+      <c r="BO24" s="6"/>
+      <c r="BP24" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ24" s="6"/>
+      <c r="BR24" s="6"/>
+      <c r="BS24" s="6">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="BT24" s="6"/>
+      <c r="BU24" s="6">
+        <v>2E-3</v>
+      </c>
+      <c r="BV24" s="6"/>
+      <c r="BW24" s="6">
+        <v>0</v>
+      </c>
+      <c r="BX24" s="17">
+        <v>0</v>
       </c>
       <c r="BY24" s="17"/>
       <c r="BZ24" s="17"/>
-      <c r="CA24" s="18">
-[...37 lines deleted...]
-      <c r="CU24" s="5">
+      <c r="CA24" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CB24" s="6"/>
+      <c r="CC24" s="6"/>
+      <c r="CD24" s="6"/>
+      <c r="CE24" s="6"/>
+      <c r="CF24" s="6"/>
+      <c r="CG24" s="6"/>
+      <c r="CH24" s="6"/>
+      <c r="CI24" s="6"/>
+      <c r="CJ24" s="6"/>
+      <c r="CK24" s="6"/>
+      <c r="CL24" s="6"/>
+      <c r="CM24" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CN24" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CO24" s="10"/>
+      <c r="CP24" s="10"/>
+      <c r="CQ24" s="10"/>
+      <c r="CR24" s="10"/>
+      <c r="CS24" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT24" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU24" s="10">
         <v>1</v>
       </c>
-      <c r="CV24" s="5"/>
-[...1 lines deleted...]
-      <c r="CX24" s="15" t="s">
+      <c r="CV24" s="10"/>
+      <c r="CW24" s="10"/>
+      <c r="CX24" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY24" s="18">
-[...11 lines deleted...]
-      <c r="DG24" s="20" t="s">
+      <c r="CY24" s="7">
+        <v>45901</v>
+      </c>
+      <c r="CZ24" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA24" s="10"/>
+      <c r="DB24" s="10"/>
+      <c r="DC24" s="10"/>
+      <c r="DD24" s="10"/>
+      <c r="DE24" s="10"/>
+      <c r="DF24" s="10"/>
+      <c r="DG24" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:111">
-      <c r="A25" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J25" s="3">
+      <c r="A25" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B25" s="10"/>
+      <c r="C25" s="10"/>
+      <c r="D25" s="10"/>
+      <c r="E25" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I25" s="18" t="s">
+        <v>155</v>
+      </c>
+      <c r="J25" s="6">
         <v>1</v>
       </c>
-      <c r="K25" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L25" s="3" t="s">
+      <c r="K25" s="19" t="s">
+        <v>156</v>
+      </c>
+      <c r="L25" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M25" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S25" s="3" t="s">
+      <c r="M25" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O25" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P25" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q25" s="10"/>
+      <c r="R25" s="10"/>
+      <c r="S25" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T25" s="3" t="s">
+      <c r="T25" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U25" s="3" t="s">
+      <c r="U25" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V25" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW25" s="3" t="s">
+      <c r="V25" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W25" s="10"/>
+      <c r="X25" s="10"/>
+      <c r="Y25" s="10"/>
+      <c r="Z25" s="10"/>
+      <c r="AA25" s="10"/>
+      <c r="AB25" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD25" s="10"/>
+      <c r="AE25" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL25" s="6"/>
+      <c r="AM25" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN25" s="10"/>
+      <c r="AO25" s="10"/>
+      <c r="AP25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR25" s="8">
+        <v>3</v>
+      </c>
+      <c r="AS25" s="10"/>
+      <c r="AT25" s="10"/>
+      <c r="AU25" s="10"/>
+      <c r="AV25" s="10"/>
+      <c r="AW25" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX25" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC25" s="10" t="s">
+      <c r="AX25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ25" s="10"/>
+      <c r="BA25" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB25" s="10"/>
+      <c r="BC25" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="BD25" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU25" s="3">
+      <c r="BD25" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE25" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF25" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG25" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH25" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI25" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ25" s="10"/>
+      <c r="BK25" s="10"/>
+      <c r="BL25" s="10"/>
+      <c r="BM25" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN25" s="10"/>
+      <c r="BO25" s="10"/>
+      <c r="BP25" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ25" s="10"/>
+      <c r="BR25" s="10"/>
+      <c r="BS25" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="BT25" s="10"/>
+      <c r="BU25" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="BV25" s="5"/>
-[...20 lines deleted...]
-      <c r="CI25" s="3">
+      <c r="BV25" s="10"/>
+      <c r="BW25" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="BX25" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY25" s="10"/>
+      <c r="BZ25" s="10"/>
+      <c r="CA25" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB25" s="10"/>
+      <c r="CC25" s="10"/>
+      <c r="CD25" s="10"/>
+      <c r="CE25" s="10"/>
+      <c r="CF25" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="CG25" s="20"/>
+      <c r="CH25" s="20"/>
+      <c r="CI25" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="CJ25" s="11"/>
-[...22 lines deleted...]
-      <c r="CU25" s="5">
+      <c r="CJ25" s="20"/>
+      <c r="CK25" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="CL25" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM25" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN25" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO25" s="10"/>
+      <c r="CP25" s="10"/>
+      <c r="CQ25" s="10"/>
+      <c r="CR25" s="10"/>
+      <c r="CS25" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT25" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU25" s="10">
         <v>1</v>
       </c>
-      <c r="CV25" s="5"/>
-[...1 lines deleted...]
-      <c r="CX25" s="15" t="s">
+      <c r="CV25" s="10"/>
+      <c r="CW25" s="10"/>
+      <c r="CX25" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY25" s="18">
-[...2 lines deleted...]
-      <c r="CZ25" s="18">
+      <c r="CY25" s="7">
         <v>45777</v>
       </c>
-      <c r="DA25" s="5"/>
-[...5 lines deleted...]
-      <c r="DG25" s="20" t="s">
+      <c r="CZ25" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA25" s="10"/>
+      <c r="DB25" s="10"/>
+      <c r="DC25" s="10"/>
+      <c r="DD25" s="10"/>
+      <c r="DE25" s="10"/>
+      <c r="DF25" s="10"/>
+      <c r="DG25" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:111">
-      <c r="A26" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J26" s="3">
+      <c r="A26" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" s="10"/>
+      <c r="C26" s="10"/>
+      <c r="D26" s="10"/>
+      <c r="E26" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I26" s="18" t="s">
+        <v>157</v>
+      </c>
+      <c r="J26" s="6">
         <v>1</v>
       </c>
-      <c r="K26" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L26" s="3" t="s">
+      <c r="K26" s="19" t="s">
+        <v>158</v>
+      </c>
+      <c r="L26" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M26" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S26" s="3" t="s">
+      <c r="M26" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N26" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O26" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P26" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q26" s="10"/>
+      <c r="R26" s="10"/>
+      <c r="S26" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="T26" s="3" t="s">
+      <c r="T26" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="U26" s="3" t="s">
+      <c r="U26" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V26" s="3" t="s">
-[...54 lines deleted...]
-      <c r="AW26" s="3" t="s">
+      <c r="V26" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W26" s="10"/>
+      <c r="X26" s="10"/>
+      <c r="Y26" s="10"/>
+      <c r="Z26" s="10"/>
+      <c r="AA26" s="10"/>
+      <c r="AB26" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD26" s="10"/>
+      <c r="AE26" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL26" s="6"/>
+      <c r="AM26" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN26" s="10"/>
+      <c r="AO26" s="10"/>
+      <c r="AP26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR26" s="8">
+        <v>3</v>
+      </c>
+      <c r="AS26" s="10"/>
+      <c r="AT26" s="10"/>
+      <c r="AU26" s="10"/>
+      <c r="AV26" s="10"/>
+      <c r="AW26" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX26" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC26" s="10" t="s">
+      <c r="AX26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ26" s="10"/>
+      <c r="BA26" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB26" s="10"/>
+      <c r="BC26" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="BD26" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU26" s="3">
+      <c r="BD26" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE26" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF26" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG26" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH26" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI26" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ26" s="10"/>
+      <c r="BK26" s="10"/>
+      <c r="BL26" s="10"/>
+      <c r="BM26" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN26" s="10"/>
+      <c r="BO26" s="10"/>
+      <c r="BP26" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ26" s="10"/>
+      <c r="BR26" s="10"/>
+      <c r="BS26" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="BT26" s="10"/>
+      <c r="BU26" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="BV26" s="5"/>
-[...20 lines deleted...]
-      <c r="CI26" s="3">
+      <c r="BV26" s="10"/>
+      <c r="BW26" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="BX26" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY26" s="10"/>
+      <c r="BZ26" s="10"/>
+      <c r="CA26" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB26" s="10"/>
+      <c r="CC26" s="10"/>
+      <c r="CD26" s="10"/>
+      <c r="CE26" s="10"/>
+      <c r="CF26" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="CG26" s="20"/>
+      <c r="CH26" s="20"/>
+      <c r="CI26" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="CJ26" s="11"/>
-[...22 lines deleted...]
-      <c r="CU26" s="5">
+      <c r="CJ26" s="20"/>
+      <c r="CK26" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="CL26" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM26" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN26" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO26" s="10"/>
+      <c r="CP26" s="10"/>
+      <c r="CQ26" s="10"/>
+      <c r="CR26" s="10"/>
+      <c r="CS26" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT26" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU26" s="10">
         <v>1</v>
       </c>
-      <c r="CV26" s="5"/>
-[...1 lines deleted...]
-      <c r="CX26" s="15" t="s">
+      <c r="CV26" s="10"/>
+      <c r="CW26" s="10"/>
+      <c r="CX26" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY26" s="18">
-[...2 lines deleted...]
-      <c r="CZ26" s="18">
+      <c r="CY26" s="7">
         <v>45777</v>
       </c>
-      <c r="DA26" s="5"/>
-[...5 lines deleted...]
-      <c r="DG26" s="20" t="s">
+      <c r="CZ26" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA26" s="10"/>
+      <c r="DB26" s="10"/>
+      <c r="DC26" s="10"/>
+      <c r="DD26" s="10"/>
+      <c r="DE26" s="10"/>
+      <c r="DF26" s="10"/>
+      <c r="DG26" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:111">
-      <c r="A27" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J27" s="3">
+      <c r="A27" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" s="10"/>
+      <c r="C27" s="10"/>
+      <c r="D27" s="10"/>
+      <c r="E27" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I27" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="J27" s="6">
         <v>1</v>
       </c>
-      <c r="K27" s="10" t="s">
-[...2 lines deleted...]
-      <c r="L27" s="3" t="s">
+      <c r="K27" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="L27" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M27" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S27" s="3" t="s">
+      <c r="M27" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O27" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P27" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q27" s="10"/>
+      <c r="R27" s="10"/>
+      <c r="S27" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T27" s="3" t="s">
+      <c r="T27" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U27" s="3" t="s">
+      <c r="U27" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V27" s="3" t="s">
-[...48 lines deleted...]
-      <c r="AS27" s="16">
+      <c r="V27" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W27" s="10"/>
+      <c r="X27" s="10"/>
+      <c r="Y27" s="10"/>
+      <c r="Z27" s="10"/>
+      <c r="AA27" s="10"/>
+      <c r="AB27" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD27" s="10"/>
+      <c r="AE27" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL27" s="6"/>
+      <c r="AM27" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN27" s="10"/>
+      <c r="AO27" s="10"/>
+      <c r="AP27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR27" s="8"/>
+      <c r="AS27" s="21">
         <v>5</v>
       </c>
-      <c r="AT27" s="5"/>
-[...2 lines deleted...]
-      <c r="AW27" s="3" t="s">
+      <c r="AT27" s="10"/>
+      <c r="AU27" s="10"/>
+      <c r="AV27" s="10"/>
+      <c r="AW27" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX27" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC27" s="10" t="s">
+      <c r="AX27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ27" s="10"/>
+      <c r="BA27" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB27" s="10"/>
+      <c r="BC27" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="BD27" s="3" t="s">
-[...30 lines deleted...]
-      <c r="BS27" s="3">
+      <c r="BD27" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE27" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF27" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG27" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH27" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI27" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ27" s="10"/>
+      <c r="BK27" s="10"/>
+      <c r="BL27" s="10"/>
+      <c r="BM27" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN27" s="10"/>
+      <c r="BO27" s="10"/>
+      <c r="BP27" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ27" s="10"/>
+      <c r="BR27" s="10"/>
+      <c r="BS27" s="6">
         <v>6.7999999999999996E-3</v>
       </c>
-      <c r="BT27" s="5"/>
-      <c r="BU27" s="3">
+      <c r="BT27" s="10"/>
+      <c r="BU27" s="6">
         <v>6.4999999999999997E-3</v>
       </c>
-      <c r="BV27" s="5"/>
-[...15 lines deleted...]
-      <c r="CF27" s="3">
+      <c r="BV27" s="10"/>
+      <c r="BW27" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="BX27" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY27" s="10"/>
+      <c r="BZ27" s="10"/>
+      <c r="CA27" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB27" s="10"/>
+      <c r="CC27" s="10"/>
+      <c r="CD27" s="10"/>
+      <c r="CE27" s="10"/>
+      <c r="CF27" s="6">
         <v>6.7999999999999996E-3</v>
       </c>
-      <c r="CG27" s="11"/>
-[...1 lines deleted...]
-      <c r="CI27" s="3">
+      <c r="CG27" s="20"/>
+      <c r="CH27" s="20"/>
+      <c r="CI27" s="6">
         <v>6.4999999999999997E-3</v>
       </c>
-      <c r="CJ27" s="11"/>
-[...22 lines deleted...]
-      <c r="CU27" s="5">
+      <c r="CJ27" s="20"/>
+      <c r="CK27" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="CL27" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM27" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN27" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO27" s="10"/>
+      <c r="CP27" s="10"/>
+      <c r="CQ27" s="10"/>
+      <c r="CR27" s="10"/>
+      <c r="CS27" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT27" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU27" s="10">
         <v>1</v>
       </c>
-      <c r="CV27" s="5"/>
-[...1 lines deleted...]
-      <c r="CX27" s="15" t="s">
+      <c r="CV27" s="10"/>
+      <c r="CW27" s="10"/>
+      <c r="CX27" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY27" s="18">
-[...2 lines deleted...]
-      <c r="CZ27" s="18">
+      <c r="CY27" s="7">
         <v>45777</v>
       </c>
-      <c r="DA27" s="5"/>
-[...5 lines deleted...]
-      <c r="DG27" s="20" t="s">
+      <c r="CZ27" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA27" s="10"/>
+      <c r="DB27" s="10"/>
+      <c r="DC27" s="10"/>
+      <c r="DD27" s="10"/>
+      <c r="DE27" s="10"/>
+      <c r="DF27" s="10"/>
+      <c r="DG27" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:111">
-      <c r="A28" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J28" s="3">
+      <c r="A28" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" s="10"/>
+      <c r="C28" s="10"/>
+      <c r="D28" s="10"/>
+      <c r="E28" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I28" s="11" t="s">
+        <v>162</v>
+      </c>
+      <c r="J28" s="6">
         <v>1</v>
       </c>
-      <c r="K28" s="10" t="s">
-[...2 lines deleted...]
-      <c r="L28" s="3" t="s">
+      <c r="K28" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="L28" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M28" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S28" s="3" t="s">
+      <c r="M28" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N28" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O28" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P28" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q28" s="10"/>
+      <c r="R28" s="10"/>
+      <c r="S28" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T28" s="3" t="s">
+      <c r="T28" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U28" s="3" t="s">
+      <c r="U28" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V28" s="3" t="s">
-[...48 lines deleted...]
-      <c r="AS28" s="16">
+      <c r="V28" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W28" s="10"/>
+      <c r="X28" s="10"/>
+      <c r="Y28" s="10"/>
+      <c r="Z28" s="10"/>
+      <c r="AA28" s="10"/>
+      <c r="AB28" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD28" s="10"/>
+      <c r="AE28" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL28" s="6"/>
+      <c r="AM28" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN28" s="10"/>
+      <c r="AO28" s="10"/>
+      <c r="AP28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR28" s="8"/>
+      <c r="AS28" s="21">
         <v>5</v>
       </c>
-      <c r="AT28" s="5"/>
-[...2 lines deleted...]
-      <c r="AW28" s="3" t="s">
+      <c r="AT28" s="10"/>
+      <c r="AU28" s="10"/>
+      <c r="AV28" s="10"/>
+      <c r="AW28" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX28" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC28" s="10" t="s">
+      <c r="AX28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ28" s="10"/>
+      <c r="BA28" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB28" s="10"/>
+      <c r="BC28" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="BD28" s="3" t="s">
-[...30 lines deleted...]
-      <c r="BS28" s="3">
+      <c r="BD28" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE28" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF28" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG28" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH28" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI28" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ28" s="10"/>
+      <c r="BK28" s="10"/>
+      <c r="BL28" s="10"/>
+      <c r="BM28" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN28" s="10"/>
+      <c r="BO28" s="10"/>
+      <c r="BP28" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ28" s="10"/>
+      <c r="BR28" s="10"/>
+      <c r="BS28" s="6">
         <v>6.7999999999999996E-3</v>
       </c>
-      <c r="BT28" s="5"/>
-      <c r="BU28" s="3">
+      <c r="BT28" s="10"/>
+      <c r="BU28" s="6">
         <v>6.4999999999999997E-3</v>
       </c>
-      <c r="BV28" s="5"/>
-[...15 lines deleted...]
-      <c r="CF28" s="3">
+      <c r="BV28" s="10"/>
+      <c r="BW28" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="BX28" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY28" s="10"/>
+      <c r="BZ28" s="10"/>
+      <c r="CA28" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB28" s="10"/>
+      <c r="CC28" s="10"/>
+      <c r="CD28" s="10"/>
+      <c r="CE28" s="10"/>
+      <c r="CF28" s="6">
         <v>6.7999999999999996E-3</v>
       </c>
-      <c r="CG28" s="11"/>
-[...1 lines deleted...]
-      <c r="CI28" s="3">
+      <c r="CG28" s="20"/>
+      <c r="CH28" s="20"/>
+      <c r="CI28" s="6">
         <v>6.4999999999999997E-3</v>
       </c>
-      <c r="CJ28" s="11"/>
-[...22 lines deleted...]
-      <c r="CU28" s="5">
+      <c r="CJ28" s="20"/>
+      <c r="CK28" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="CL28" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM28" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN28" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO28" s="10"/>
+      <c r="CP28" s="10"/>
+      <c r="CQ28" s="10"/>
+      <c r="CR28" s="10"/>
+      <c r="CS28" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT28" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU28" s="10">
         <v>1</v>
       </c>
-      <c r="CV28" s="5"/>
-[...1 lines deleted...]
-      <c r="CX28" s="15" t="s">
+      <c r="CV28" s="10"/>
+      <c r="CW28" s="10"/>
+      <c r="CX28" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY28" s="18">
-[...2 lines deleted...]
-      <c r="CZ28" s="18">
+      <c r="CY28" s="7">
         <v>45777</v>
       </c>
-      <c r="DA28" s="5"/>
-[...5 lines deleted...]
-      <c r="DG28" s="20" t="s">
+      <c r="CZ28" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA28" s="10"/>
+      <c r="DB28" s="10"/>
+      <c r="DC28" s="10"/>
+      <c r="DD28" s="10"/>
+      <c r="DE28" s="10"/>
+      <c r="DF28" s="10"/>
+      <c r="DG28" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:111">
-      <c r="A29" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J29" s="3">
+      <c r="A29" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B29" s="10"/>
+      <c r="C29" s="10"/>
+      <c r="D29" s="10"/>
+      <c r="E29" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I29" s="11" t="s">
+        <v>164</v>
+      </c>
+      <c r="J29" s="6">
         <v>1</v>
       </c>
-      <c r="K29" s="10" t="s">
-[...2 lines deleted...]
-      <c r="L29" s="3" t="s">
+      <c r="K29" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="L29" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M29" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S29" s="3" t="s">
+      <c r="M29" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O29" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P29" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q29" s="10"/>
+      <c r="R29" s="10"/>
+      <c r="S29" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T29" s="3" t="s">
+      <c r="T29" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U29" s="3" t="s">
+      <c r="U29" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V29" s="3" t="s">
-[...48 lines deleted...]
-      <c r="AS29" s="16">
+      <c r="V29" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W29" s="10"/>
+      <c r="X29" s="10"/>
+      <c r="Y29" s="10"/>
+      <c r="Z29" s="10"/>
+      <c r="AA29" s="10"/>
+      <c r="AB29" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD29" s="10"/>
+      <c r="AE29" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL29" s="6"/>
+      <c r="AM29" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN29" s="10"/>
+      <c r="AO29" s="10"/>
+      <c r="AP29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR29" s="8"/>
+      <c r="AS29" s="21">
         <v>5</v>
       </c>
-      <c r="AT29" s="5"/>
-[...2 lines deleted...]
-      <c r="AW29" s="3" t="s">
+      <c r="AT29" s="10"/>
+      <c r="AU29" s="10"/>
+      <c r="AV29" s="10"/>
+      <c r="AW29" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX29" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC29" s="10" t="s">
+      <c r="AX29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ29" s="10"/>
+      <c r="BA29" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB29" s="10"/>
+      <c r="BC29" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="BD29" s="3" t="s">
-[...30 lines deleted...]
-      <c r="BS29" s="3">
+      <c r="BD29" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE29" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF29" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG29" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH29" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI29" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ29" s="10"/>
+      <c r="BK29" s="10"/>
+      <c r="BL29" s="10"/>
+      <c r="BM29" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN29" s="10"/>
+      <c r="BO29" s="10"/>
+      <c r="BP29" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ29" s="10"/>
+      <c r="BR29" s="10"/>
+      <c r="BS29" s="6">
         <v>5.7999999999999996E-3</v>
       </c>
-      <c r="BT29" s="5"/>
-      <c r="BU29" s="3">
+      <c r="BT29" s="10"/>
+      <c r="BU29" s="6">
         <v>5.4999999999999997E-3</v>
       </c>
-      <c r="BV29" s="5"/>
-[...15 lines deleted...]
-      <c r="CF29" s="3">
+      <c r="BV29" s="10"/>
+      <c r="BW29" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="BX29" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY29" s="10"/>
+      <c r="BZ29" s="10"/>
+      <c r="CA29" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB29" s="10"/>
+      <c r="CC29" s="10"/>
+      <c r="CD29" s="10"/>
+      <c r="CE29" s="10"/>
+      <c r="CF29" s="6">
         <v>5.7999999999999996E-3</v>
       </c>
-      <c r="CG29" s="11"/>
-[...1 lines deleted...]
-      <c r="CI29" s="3">
+      <c r="CG29" s="20"/>
+      <c r="CH29" s="20"/>
+      <c r="CI29" s="6">
         <v>5.4999999999999997E-3</v>
       </c>
-      <c r="CJ29" s="11"/>
-[...22 lines deleted...]
-      <c r="CU29" s="5">
+      <c r="CJ29" s="20"/>
+      <c r="CK29" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="CL29" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM29" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN29" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO29" s="10"/>
+      <c r="CP29" s="10"/>
+      <c r="CQ29" s="10"/>
+      <c r="CR29" s="10"/>
+      <c r="CS29" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT29" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU29" s="10">
         <v>1</v>
       </c>
-      <c r="CV29" s="5"/>
-[...1 lines deleted...]
-      <c r="CX29" s="15" t="s">
+      <c r="CV29" s="10"/>
+      <c r="CW29" s="10"/>
+      <c r="CX29" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY29" s="18">
-[...2 lines deleted...]
-      <c r="CZ29" s="18">
+      <c r="CY29" s="7">
         <v>45777</v>
       </c>
-      <c r="DA29" s="5"/>
-[...5 lines deleted...]
-      <c r="DG29" s="20" t="s">
+      <c r="CZ29" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA29" s="10"/>
+      <c r="DB29" s="10"/>
+      <c r="DC29" s="10"/>
+      <c r="DD29" s="10"/>
+      <c r="DE29" s="10"/>
+      <c r="DF29" s="10"/>
+      <c r="DG29" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="30" spans="1:111">
-      <c r="A30" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J30" s="3">
+      <c r="A30" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B30" s="10"/>
+      <c r="C30" s="10"/>
+      <c r="D30" s="10"/>
+      <c r="E30" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I30" s="11" t="s">
+        <v>166</v>
+      </c>
+      <c r="J30" s="6">
         <v>1</v>
       </c>
-      <c r="K30" s="10" t="s">
-[...2 lines deleted...]
-      <c r="L30" s="3" t="s">
+      <c r="K30" s="11" t="s">
+        <v>167</v>
+      </c>
+      <c r="L30" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M30" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S30" s="3" t="s">
+      <c r="M30" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N30" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O30" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P30" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q30" s="10"/>
+      <c r="R30" s="10"/>
+      <c r="S30" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T30" s="3" t="s">
+      <c r="T30" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U30" s="3" t="s">
+      <c r="U30" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V30" s="3" t="s">
-[...48 lines deleted...]
-      <c r="AS30" s="16">
+      <c r="V30" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W30" s="10"/>
+      <c r="X30" s="10"/>
+      <c r="Y30" s="10"/>
+      <c r="Z30" s="10"/>
+      <c r="AA30" s="10"/>
+      <c r="AB30" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD30" s="10"/>
+      <c r="AE30" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL30" s="6"/>
+      <c r="AM30" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN30" s="10"/>
+      <c r="AO30" s="10"/>
+      <c r="AP30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR30" s="8"/>
+      <c r="AS30" s="21">
         <v>5</v>
       </c>
-      <c r="AT30" s="5"/>
-[...2 lines deleted...]
-      <c r="AW30" s="3" t="s">
+      <c r="AT30" s="10"/>
+      <c r="AU30" s="10"/>
+      <c r="AV30" s="10"/>
+      <c r="AW30" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX30" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC30" s="10" t="s">
+      <c r="AX30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ30" s="10"/>
+      <c r="BA30" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB30" s="10"/>
+      <c r="BC30" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="BD30" s="3" t="s">
-[...30 lines deleted...]
-      <c r="BS30" s="3">
+      <c r="BD30" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE30" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF30" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG30" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH30" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI30" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ30" s="10"/>
+      <c r="BK30" s="10"/>
+      <c r="BL30" s="10"/>
+      <c r="BM30" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN30" s="10"/>
+      <c r="BO30" s="10"/>
+      <c r="BP30" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ30" s="10"/>
+      <c r="BR30" s="10"/>
+      <c r="BS30" s="6">
         <v>5.7999999999999996E-3</v>
       </c>
-      <c r="BT30" s="5"/>
-      <c r="BU30" s="3">
+      <c r="BT30" s="10"/>
+      <c r="BU30" s="6">
         <v>5.4999999999999997E-3</v>
       </c>
-      <c r="BV30" s="5"/>
-[...15 lines deleted...]
-      <c r="CF30" s="3">
+      <c r="BV30" s="10"/>
+      <c r="BW30" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="BX30" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY30" s="10"/>
+      <c r="BZ30" s="10"/>
+      <c r="CA30" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB30" s="10"/>
+      <c r="CC30" s="10"/>
+      <c r="CD30" s="10"/>
+      <c r="CE30" s="10"/>
+      <c r="CF30" s="6">
         <v>5.7999999999999996E-3</v>
       </c>
-      <c r="CG30" s="11"/>
-[...1 lines deleted...]
-      <c r="CI30" s="3">
+      <c r="CG30" s="20"/>
+      <c r="CH30" s="20"/>
+      <c r="CI30" s="6">
         <v>5.4999999999999997E-3</v>
       </c>
-      <c r="CJ30" s="11"/>
-[...22 lines deleted...]
-      <c r="CU30" s="5">
+      <c r="CJ30" s="20"/>
+      <c r="CK30" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="CL30" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM30" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN30" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO30" s="10"/>
+      <c r="CP30" s="10"/>
+      <c r="CQ30" s="10"/>
+      <c r="CR30" s="10"/>
+      <c r="CS30" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT30" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU30" s="10">
         <v>1</v>
       </c>
-      <c r="CV30" s="5"/>
-[...1 lines deleted...]
-      <c r="CX30" s="15" t="s">
+      <c r="CV30" s="10"/>
+      <c r="CW30" s="10"/>
+      <c r="CX30" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY30" s="18">
-[...2 lines deleted...]
-      <c r="CZ30" s="18">
+      <c r="CY30" s="7">
         <v>45777</v>
       </c>
-      <c r="DA30" s="5"/>
-[...5 lines deleted...]
-      <c r="DG30" s="20" t="s">
+      <c r="CZ30" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA30" s="10"/>
+      <c r="DB30" s="10"/>
+      <c r="DC30" s="10"/>
+      <c r="DD30" s="10"/>
+      <c r="DE30" s="10"/>
+      <c r="DF30" s="10"/>
+      <c r="DG30" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:111">
-      <c r="A31" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J31" s="3">
+      <c r="A31" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" s="10"/>
+      <c r="C31" s="10"/>
+      <c r="D31" s="10"/>
+      <c r="E31" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I31" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="J31" s="6">
         <v>1</v>
       </c>
-      <c r="K31" s="10" t="s">
-[...2 lines deleted...]
-      <c r="L31" s="3" t="s">
+      <c r="K31" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M31" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S31" s="3" t="s">
+      <c r="M31" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="O31" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P31" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q31" s="10"/>
+      <c r="R31" s="10"/>
+      <c r="S31" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T31" s="3" t="s">
+      <c r="T31" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U31" s="3" t="s">
+      <c r="U31" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V31" s="3" t="s">
-[...48 lines deleted...]
-      <c r="AS31" s="16">
+      <c r="V31" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W31" s="10"/>
+      <c r="X31" s="10"/>
+      <c r="Y31" s="10"/>
+      <c r="Z31" s="10"/>
+      <c r="AA31" s="10"/>
+      <c r="AB31" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD31" s="10"/>
+      <c r="AE31" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL31" s="6"/>
+      <c r="AM31" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN31" s="10"/>
+      <c r="AO31" s="10"/>
+      <c r="AP31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR31" s="8"/>
+      <c r="AS31" s="21">
         <v>4</v>
       </c>
-      <c r="AT31" s="5"/>
-[...2 lines deleted...]
-      <c r="AW31" s="3" t="s">
+      <c r="AT31" s="10"/>
+      <c r="AU31" s="10"/>
+      <c r="AV31" s="10"/>
+      <c r="AW31" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX31" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC31" s="10" t="s">
+      <c r="AX31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ31" s="10"/>
+      <c r="BA31" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB31" s="10"/>
+      <c r="BC31" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="BD31" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU31" s="3">
+      <c r="BD31" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE31" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF31" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG31" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH31" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI31" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ31" s="10"/>
+      <c r="BK31" s="10"/>
+      <c r="BL31" s="10"/>
+      <c r="BM31" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN31" s="10"/>
+      <c r="BO31" s="10"/>
+      <c r="BP31" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ31" s="10"/>
+      <c r="BR31" s="10"/>
+      <c r="BS31" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="BT31" s="10"/>
+      <c r="BU31" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="BV31" s="5"/>
-[...38 lines deleted...]
-      <c r="CU31" s="5">
+      <c r="BV31" s="10"/>
+      <c r="BW31" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="BX31" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY31" s="10"/>
+      <c r="BZ31" s="10"/>
+      <c r="CA31" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB31" s="10"/>
+      <c r="CC31" s="10"/>
+      <c r="CD31" s="10"/>
+      <c r="CE31" s="10"/>
+      <c r="CF31" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="CG31" s="20"/>
+      <c r="CH31" s="20"/>
+      <c r="CI31" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="CJ31" s="20"/>
+      <c r="CK31" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="CL31" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM31" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN31" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO31" s="10"/>
+      <c r="CP31" s="10"/>
+      <c r="CQ31" s="10"/>
+      <c r="CR31" s="10"/>
+      <c r="CS31" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT31" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU31" s="10">
         <v>1</v>
       </c>
-      <c r="CV31" s="5"/>
-[...1 lines deleted...]
-      <c r="CX31" s="15" t="s">
+      <c r="CV31" s="10"/>
+      <c r="CW31" s="10"/>
+      <c r="CX31" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY31" s="18">
-[...2 lines deleted...]
-      <c r="CZ31" s="18">
+      <c r="CY31" s="7">
         <v>45777</v>
       </c>
-      <c r="DA31" s="5"/>
-[...5 lines deleted...]
-      <c r="DG31" s="20" t="s">
+      <c r="CZ31" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA31" s="10"/>
+      <c r="DB31" s="10"/>
+      <c r="DC31" s="10"/>
+      <c r="DD31" s="10"/>
+      <c r="DE31" s="10"/>
+      <c r="DF31" s="10"/>
+      <c r="DG31" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="32" spans="1:111">
-      <c r="A32" s="3" t="s">
-[...20 lines deleted...]
-      <c r="J32" s="3">
+      <c r="A32" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B32" s="10"/>
+      <c r="C32" s="10"/>
+      <c r="D32" s="10"/>
+      <c r="E32" s="5">
+        <v>45947.375</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="I32" s="11" t="s">
+        <v>178</v>
+      </c>
+      <c r="J32" s="6">
         <v>1</v>
       </c>
-      <c r="K32" s="10" t="s">
-[...2 lines deleted...]
-      <c r="L32" s="3" t="s">
+      <c r="K32" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="L32" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M32" s="3" t="s">
-[...13 lines deleted...]
-      <c r="S32" s="3" t="s">
+      <c r="M32" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N32" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O32" s="7">
+        <v>45838</v>
+      </c>
+      <c r="P32" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="Q32" s="10"/>
+      <c r="R32" s="10"/>
+      <c r="S32" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="T32" s="3" t="s">
+      <c r="T32" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="U32" s="3" t="s">
+      <c r="U32" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="V32" s="3" t="s">
-[...48 lines deleted...]
-      <c r="AS32" s="16">
+      <c r="V32" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="W32" s="10"/>
+      <c r="X32" s="10"/>
+      <c r="Y32" s="10"/>
+      <c r="Z32" s="10"/>
+      <c r="AA32" s="10"/>
+      <c r="AB32" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AC32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD32" s="10"/>
+      <c r="AE32" s="7">
+        <v>45869</v>
+      </c>
+      <c r="AF32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AK32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AL32" s="6"/>
+      <c r="AM32" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="AN32" s="10"/>
+      <c r="AO32" s="10"/>
+      <c r="AP32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AQ32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AR32" s="8"/>
+      <c r="AS32" s="21">
         <v>4</v>
       </c>
-      <c r="AT32" s="5"/>
-[...2 lines deleted...]
-      <c r="AW32" s="3" t="s">
+      <c r="AT32" s="10"/>
+      <c r="AU32" s="10"/>
+      <c r="AV32" s="10"/>
+      <c r="AW32" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="AX32" s="3" t="s">
-[...10 lines deleted...]
-      <c r="BC32" s="10" t="s">
+      <c r="AX32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AY32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AZ32" s="10"/>
+      <c r="BA32" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="BB32" s="10"/>
+      <c r="BC32" s="11" t="s">
         <v>120</v>
       </c>
-      <c r="BD32" s="3" t="s">
-[...34 lines deleted...]
-      <c r="BU32" s="3">
+      <c r="BD32" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="BE32" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="BF32" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BG32" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BH32" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BI32" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="BJ32" s="10"/>
+      <c r="BK32" s="10"/>
+      <c r="BL32" s="10"/>
+      <c r="BM32" s="8">
+        <v>0</v>
+      </c>
+      <c r="BN32" s="10"/>
+      <c r="BO32" s="10"/>
+      <c r="BP32" s="8">
+        <v>0</v>
+      </c>
+      <c r="BQ32" s="10"/>
+      <c r="BR32" s="10"/>
+      <c r="BS32" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="BT32" s="10"/>
+      <c r="BU32" s="6">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="BV32" s="5"/>
-[...38 lines deleted...]
-      <c r="CU32" s="5">
+      <c r="BV32" s="10"/>
+      <c r="BW32" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="BX32" s="6">
+        <v>0</v>
+      </c>
+      <c r="BY32" s="10"/>
+      <c r="BZ32" s="10"/>
+      <c r="CA32" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CB32" s="10"/>
+      <c r="CC32" s="10"/>
+      <c r="CD32" s="10"/>
+      <c r="CE32" s="10"/>
+      <c r="CF32" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="CG32" s="20"/>
+      <c r="CH32" s="20"/>
+      <c r="CI32" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="CJ32" s="20"/>
+      <c r="CK32" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="CL32" s="6">
+        <v>0</v>
+      </c>
+      <c r="CM32" s="7">
+        <v>45658</v>
+      </c>
+      <c r="CN32" s="7">
+        <v>45838</v>
+      </c>
+      <c r="CO32" s="10"/>
+      <c r="CP32" s="10"/>
+      <c r="CQ32" s="10"/>
+      <c r="CR32" s="10"/>
+      <c r="CS32" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CT32" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="CU32" s="10">
         <v>1</v>
       </c>
-      <c r="CV32" s="5"/>
-[...1 lines deleted...]
-      <c r="CX32" s="15" t="s">
+      <c r="CV32" s="10"/>
+      <c r="CW32" s="10"/>
+      <c r="CX32" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="CY32" s="18">
-[...2 lines deleted...]
-      <c r="CZ32" s="18">
+      <c r="CY32" s="7">
         <v>45777</v>
       </c>
-      <c r="DA32" s="5"/>
-[...5 lines deleted...]
-      <c r="DG32" s="20" t="s">
+      <c r="CZ32" s="7">
+        <v>46142</v>
+      </c>
+      <c r="DA32" s="10"/>
+      <c r="DB32" s="10"/>
+      <c r="DC32" s="10"/>
+      <c r="DD32" s="10"/>
+      <c r="DE32" s="10"/>
+      <c r="DF32" s="10"/>
+      <c r="DG32" s="13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="37" spans="102:102">
-      <c r="CX37" s="13"/>
+      <c r="CX37" s="3"/>
     </row>
   </sheetData>
   <phoneticPr fontId="10" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="U28:U30" r:id="rId1" display="product@ccla.co.uk" xr:uid="{49B7988B-90F6-4CC1-ADDF-B2C5CD241052}"/>
     <hyperlink ref="U25:U26" r:id="rId2" display="product@ccla.co.uk" xr:uid="{0BE8B961-9337-46FD-B71C-D38A7E92DD8B}"/>
-    <hyperlink ref="U24" r:id="rId3" xr:uid="{1DBD1B22-C1C9-45E8-933B-281C3249CC90}"/>
-[...1 lines deleted...]
-    <hyperlink ref="U3:U21" r:id="rId5" display="product@ccla.co.uk" xr:uid="{6974AA9A-B93B-4839-B478-C0B1F0F726A8}"/>
+    <hyperlink ref="U23" r:id="rId3" xr:uid="{1DBD1B22-C1C9-45E8-933B-281C3249CC90}"/>
+    <hyperlink ref="U20" r:id="rId4" xr:uid="{E5C7079B-93BF-4FFE-AE98-8944017D0B90}"/>
+    <hyperlink ref="U3:U19" r:id="rId5" display="product@ccla.co.uk" xr:uid="{6974AA9A-B93B-4839-B478-C0B1F0F726A8}"/>
     <hyperlink ref="CX2" r:id="rId6" xr:uid="{C5888B4B-3766-4462-8AE4-8C9F5DE2D7BF}"/>
-    <hyperlink ref="U23" r:id="rId7" xr:uid="{821D6627-F30D-4479-8246-421DCFE64228}"/>
+    <hyperlink ref="U22" r:id="rId7" xr:uid="{821D6627-F30D-4479-8246-421DCFE64228}"/>
     <hyperlink ref="U2" r:id="rId8" xr:uid="{FB6B6F0F-320E-43EA-BAFB-B11DFDF96D3A}"/>
-    <hyperlink ref="U31:U32" r:id="rId9" display="product@ccla.co.uk" xr:uid="{5A625ADF-9A29-4A59-9337-894B92C6F511}"/>
-    <hyperlink ref="CX23" r:id="rId10" xr:uid="{4BAB668E-2E23-4793-9DDC-E5FBB6097A67}"/>
+    <hyperlink ref="CX22" r:id="rId9" xr:uid="{4BAB668E-2E23-4793-9DDC-E5FBB6097A67}"/>
+    <hyperlink ref="U31:U32" r:id="rId10" display="product@ccla.co.uk" xr:uid="{C201D5ED-5B19-4659-80AA-2DF95445C31D}"/>
+    <hyperlink ref="CX31" r:id="rId11" xr:uid="{0E2BA27E-0CD1-4F22-B014-94DF842EB30E}"/>
+    <hyperlink ref="CX32" r:id="rId12" xr:uid="{D78FF028-7114-42F4-AAC2-67595AE57DBF}"/>
+    <hyperlink ref="U21" r:id="rId13" xr:uid="{46259EFA-444C-4F6F-B190-D96D42E0440B}"/>
+    <hyperlink ref="U24" r:id="rId14" xr:uid="{A254F75A-DC91-4844-A82D-BCA08954F2FE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId11"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId15"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="31da8b5f-b8c9-4b17-8cf7-f6c14d89b2d8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4a228e9f-6c02-4562-a278-e76737b14202" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BDF5CE92326DB245AE8CCD7E201D6A74" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="43f59b1224344428c54f603797ef0cb2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="31da8b5f-b8c9-4b17-8cf7-f6c14d89b2d8" xmlns:ns3="4a228e9f-6c02-4562-a278-e76737b14202" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1e81dd5a4edc562cf714adb4d456b938" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="31da8b5f-b8c9-4b17-8cf7-f6c14d89b2d8"/>
     <xsd:import namespace="4a228e9f-6c02-4562-a278-e76737b14202"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -9189,81 +9185,77 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAE1D8B9-862A-45D3-B79A-DE877EF2E844}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E5E0C03-355D-48C7-A676-38A86BD02DE9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b09e6198-0e5d-435b-a310-40d5b618b3a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80710AC9-8645-4D97-AD43-95975B3C5DAA}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAE1D8B9-862A-45D3-B79A-DE877EF2E844}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>